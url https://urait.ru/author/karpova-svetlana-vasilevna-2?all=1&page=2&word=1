--- v1 (2026-02-08)
+++ v2 (2026-02-25)
@@ -351,51 +351,51 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/585606</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Карпова, С. В. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Основы брендинга : учебник и практикум для среднего профессионального образования / С. В. Карпова, И. К. Захаренко. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 232 с. — (Профессиональное образование). — ISBN 978-5-534-21784-1.</w:t>
+        <w:t xml:space="preserve">Основы брендинга : учебник и практикум для среднего профессионального образования / С. В. Карпова. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 232 с. — (Профессиональное образование). — ISBN 978-5-534-21784-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/582067</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>