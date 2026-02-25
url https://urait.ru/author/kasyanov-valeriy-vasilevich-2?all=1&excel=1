--- v0 (2026-01-20)
+++ v1 (2026-02-25)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
-    <t>20.01.2026</t>
+    <t>25.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -1023,54 +1023,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>333</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1329.0</v>
+        <v>1419.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1459.0</v>
+        <v>1559.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -1093,54 +1093,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>217</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>929.0</v>
+        <v>989.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1019.0</v>
+        <v>1089.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
@@ -1163,54 +1163,54 @@
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>436</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2099.0</v>
+        <v>2249.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2309.0</v>
+        <v>2469.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
@@ -1233,54 +1233,54 @@
       <c r="B8" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>436</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2099.0</v>
+        <v>2249.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2309.0</v>
+        <v>2469.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>62</v>
       </c>
@@ -1303,54 +1303,54 @@
       <c r="B9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>257</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1329.0</v>
+        <v>1419.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1459.0</v>
+        <v>1559.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>68</v>
       </c>
@@ -1373,54 +1373,54 @@
       <c r="B10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>257</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1329.0</v>
+        <v>1419.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1459.0</v>
+        <v>1559.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>59</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>72</v>
       </c>
@@ -1443,54 +1443,54 @@
       <c r="B11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>197</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1069.0</v>
+        <v>1149.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1179.0</v>
+        <v>1259.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>77</v>
       </c>
@@ -1513,54 +1513,54 @@
       <c r="B12" s="6" t="s">
         <v>79</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>196</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1069.0</v>
+        <v>1139.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1179.0</v>
+        <v>1249.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>82</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>83</v>
       </c>
@@ -1583,54 +1583,54 @@
       <c r="B13" s="6" t="s">
         <v>85</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>292</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1479.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1629.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>87</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>88</v>
       </c>
@@ -1653,54 +1653,54 @@
       <c r="B14" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
         <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>459</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>2199.0</v>
+        <v>2359.0</v>
       </c>
       <c r="M14" s="9">
-        <v>2419.0</v>
+        <v>2589.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>92</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>93</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>94</v>
       </c>
@@ -1723,54 +1723,54 @@
       <c r="B15" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
         <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>288</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>1459.0</v>
+        <v>1569.0</v>
       </c>
       <c r="M15" s="9">
-        <v>1599.0</v>
+        <v>1729.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>97</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>98</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>99</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>100</v>
       </c>
@@ -1793,54 +1793,54 @@
       <c r="B16" s="6" t="s">
         <v>101</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>102</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
         <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>288</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>1459.0</v>
+        <v>1569.0</v>
       </c>
       <c r="M16" s="9">
-        <v>1599.0</v>
+        <v>1729.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>59</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>97</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>98</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>99</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
         <v>103</v>
       </c>
@@ -1863,54 +1863,54 @@
       <c r="B17" s="6" t="s">
         <v>105</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
         <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>442</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>2129.0</v>
+        <v>2279.0</v>
       </c>
       <c r="M17" s="9">
-        <v>2339.0</v>
+        <v>2509.0</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S17" s="6" t="s">
         <v>107</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
         <v>108</v>
       </c>
@@ -1933,54 +1933,54 @@
       <c r="B18" s="6" t="s">
         <v>109</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>110</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
         <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>597</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="9">
-        <v>2799.0</v>
+        <v>2989.0</v>
       </c>
       <c r="M18" s="9">
-        <v>3079.0</v>
+        <v>3289.0</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>92</v>
       </c>
       <c r="S18" s="6" t="s">
         <v>111</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
         <v>112</v>
       </c>
@@ -2003,54 +2003,54 @@
       <c r="B19" s="6" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>115</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
         <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>197</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="9">
-        <v>1069.0</v>
+        <v>1149.0</v>
       </c>
       <c r="M19" s="9">
-        <v>1179.0</v>
+        <v>1259.0</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>116</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>117</v>
       </c>