--- v0 (2025-12-25)
+++ v1 (2026-02-09)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
-    <t>25.12.2025</t>
+    <t>09.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -166,90 +166,90 @@
   <si>
     <t>65.053я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>АНАЛИЗ ФИНАНСОВОЙ ОТЧЕТНОСТИ. КОНСОЛИДИРОВАННЫЙ БИЗНЕС 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Учебник предназначен для формирования профессиональных компетенций в области анализа консо лидированного бизнеса. Рассмотрены концептуальные, аналитические и управленческие возможности консолидированной финансовой отчетности как комплексной системы аналитических показателей деятельности компании для ключевых стейкхолдеров и всех заинтересованных пользователей. Предложены практические методы и методики анализа различных направлений консолидированного бизнеса, предоставляющих достоверную информацию для принятия экономических, проектных, инвестиционных и иных бизнес-решений. Разобрана методика экс пресс-анализа, позволяющая проводить диагностику ключевых индикаторов компании и на их основе выявлять наиболее значимые факторы устойчивого раз вития. Обновленная версия учебника включает аналитику холдинговых компаний, включающую анализ бизнеса группы в целом, а также входящих в него компаний с учетом их роли и функционального назначения в общем бизнесе. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, слушателей учебных центров повышения квалификации, бухгалтеров, аудиторов, финансовых аналитиков и подготовки к сдаче квалификационных экзаменов.</t>
   </si>
   <si>
     <t>978-5-534-20381-3</t>
   </si>
   <si>
     <t>65.053я723</t>
   </si>
   <si>
-    <t>23.01.2024</t>
-[...2 lines deleted...]
-    <t>АУДИТ 5-е изд., пер. и доп. Учебник для СПО</t>
+    <t>19.12.2025</t>
+  </si>
+  <si>
+    <t>АУДИТ 6-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Казакова Н. А., Ефремова Е. И. ; Под общ. ред. Казаковой Н.А.</t>
   </si>
   <si>
     <t>Бухгалтерский учет и аудит. Налоговый учет</t>
   </si>
   <si>
+    <t>В учебнике рассмотрены нормативно-правовые и теоретические основы аудиторской деятельности в Российской Федерации, направления практического аудита, специальные вопросы, представляющие актуальность в различных видах аудиторских заданий. В данном издании учебника актуализированы профессиональные стандарты управления качеством в аудиторских организациях, принципы профессиональной этики и независимости аудиторов, а также связанные с аудитом бухгалтерской отчетности вопросы новых ФСБУ, в том числе 4/2023 "Бухгалтерская (финансовая) отчетность" Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, обучающихся по всем направлениям и специальностям, в учебные планы которых включена дисциплина «Аудит», в том числе с учетом отраслевой специфики. Курс может использоваться в системе дополнительного образования и повышения квалификации (переподготовки) аудиторов.</t>
+  </si>
+  <si>
+    <t>978-5-534-21846-6</t>
+  </si>
+  <si>
+    <t>29.01.2026</t>
+  </si>
+  <si>
+    <t>АУДИТ 6-е изд., пер. и доп. Учебник для СПО</t>
+  </si>
+  <si>
     <t>В курсе рассмотрены нормативно-правовые и теоретические основы аудиторской деятельности в Российской Федерации, направления практического аудита, специальные вопросы, представляющие актуальность в различных видах аудиторских заданий. Курс включает дополнительный практический материал, размещенный на сайте urait.ru. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов, обучающихся по всем направлениям и специальностям, в учебные планы которых включена дисциплина «Аудит», в том числе с учетом отраслевой специфики. Курс может использоваться в системе дополнительного образования и повышения квалификации (переподготовки) аудиторов.</t>
   </si>
   <si>
-    <t>978-5-534-18581-2</t>
-[...14 lines deleted...]
-    <t>ПРАКТИЧЕСКИЙ АУДИТ 5-е изд., пер. и доп. Учебник для вузов</t>
+    <t>978-5-534-21845-9</t>
+  </si>
+  <si>
+    <t>ПРАКТИЧЕСКИЙ АУДИТ 6-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Казакова Н. А., Ефремова Е. И. ; Под ред. Казаковой Н.А.</t>
   </si>
   <si>
     <t>В курсе рассмотрены направления практического аудита, специальные вопросы, представляющие актуальность в различных видах аудиторских заданий. Курс включает дополнительный практический материал, размещенный на сайте urait.ru. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, обучающихся по всем направлениям и специальностям, в учебные планы которых включена дисциплина «Аудит», в том числе с учетом отраслевой специфики. Курс может использоваться в системе дополнительного образования и повышения квалификации (переподготовки) аудиторов.</t>
   </si>
   <si>
-    <t>978-5-534-18582-9</t>
+    <t>978-5-534-21844-2</t>
   </si>
   <si>
     <t>19.10.2023</t>
   </si>
   <si>
     <t>СОВРЕМЕННЫЙ СТРАТЕГИЧЕСКИЙ АНАЛИЗ 4-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Менеджмент</t>
   </si>
   <si>
     <t>Стратегический менеджмент</t>
   </si>
   <si>
     <t>Курс посвящен вопросам современного стратегического анализа как важнейшей креативной функции управления развитием бизнеса. Разбираются наиболее популярные методы разработки стратегии и профиля бизнес-среды с формированием количественной оценки риск-факторов. Расширена информационная база формирования и мониторинга стратегии устойчивого развития, а также подходы к идентификации рисков в соответствии со стандартами профессиональной деятельности. Издание включает теоретический материал, практические задания, деловые ситуации, вопросы для обсуждения на семинарах, глоссарий. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов магистратуры, системы дополнительного профессионального образования, учебных центров повышения квалификации, специалистов в обла сти экономики, финансов и управления бизнесом, а также при подготовке к сдаче квалификационных экзаменов, включая аналитиков, аудиторов, менеджеров и консультантов по стратегическому управлению бизнесом.</t>
   </si>
   <si>
     <t>978-5-534-17949-1</t>
   </si>
   <si>
     <t>65.290-2я73</t>
   </si>
   <si>
     <t>29.06.2018</t>
   </si>
@@ -645,51 +645,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/analiz-finansovoy-otchetnosti-konsolidirovannyy-biznes-565733" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/analiz-finansovoy-otchetnosti-konsolidirovannyy-biznes-565873" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/audit-560686" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/audit-582286" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prakticheskiy-audit-568250" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennyy-strategicheskiy-analiz-560469" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovyy-analiz-568377" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/analiz-finansovoy-otchetnosti-konsolidirovannyy-biznes-587198" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/analiz-finansovoy-otchetnosti-konsolidirovannyy-biznes-587308" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/audit-582286" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/audit-582285" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prakticheskiy-audit-582284" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennyy-strategicheskiy-analiz-583190" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovyy-analiz-589126" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -870,501 +870,501 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>565733</v>
+        <v>587198</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>234</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1229.0</v>
+        <v>1319.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1349.0</v>
+        <v>1449.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.403</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>565873</v>
+        <v>587308</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>234</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1229.0</v>
+        <v>1319.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1349.0</v>
+        <v>1449.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.403</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>560686</v>
+        <v>582286</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
-        <v>412</v>
+        <v>422</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1999.0</v>
+        <v>2189.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2199.0</v>
+        <v>2409.0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
-        <v>0.619</v>
+        <v>0.631</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>582286</v>
+        <v>582285</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>422</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2039.0</v>
+        <v>2189.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2239.0</v>
+        <v>2409.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.631</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>568250</v>
+        <v>582284</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>939.0</v>
+        <v>959.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1029.0</v>
+        <v>1049.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
-        <v>0.321</v>
+        <v>0.309</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>560469</v>
+        <v>583190</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>453</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>2179.0</v>
+        <v>2329.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2399.0</v>
+        <v>2559.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.669</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>568377</v>
+        <v>589126</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>490</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>2339.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M11" s="9">
-        <v>2569.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>75</v>
       </c>