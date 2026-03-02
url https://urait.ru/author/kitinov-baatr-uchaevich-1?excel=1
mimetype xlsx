--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
-[...1 lines deleted...]
-    <t>15.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+  <si>
+    <t>03.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -164,53 +164,50 @@
     <t>978-5-534-19192-9</t>
   </si>
   <si>
     <t>86.2я73</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
   <si>
     <t>25.10.2013</t>
   </si>
   <si>
     <t>ИСТОРИЯ РЕЛИГИИ. БУДДИЗМ. ВОСТОЧНЫЕ ЦЕРКВИ. ПРАВОСЛАВИЕ 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Учебник посвящен рассмотрению мировых религий — буддизма, христианства (православия), их возникновения, развития, распространения, современного состояния. Показываются социально-экономические условия и духовные предпосылки их зарождения, становление вероучений, культа, организаций, разделение на направления, течения, конфессии. Осмысливаются современные религиозные процессы на фоне глобальных социально-политических и социокультурных изменений в мире. Авторы анализируют вероучение и философию основных направлений буддизма, теологию и философию православия, социально-политические позиции и деятельность буддийских, христианских (православных) организаций. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов и преподавателей вузов, преподавателей и учащихся старших классов общеобразовательных школ, лицеев гуманитарного профиля, всех интересующихся вопросами религиоведения.</t>
   </si>
   <si>
     <t>978-5-534-18490-7</t>
   </si>
   <si>
     <t>ИСТОРИЯ РЕЛИГИИ. ЗАПАДНЫЕ КОНФЕССИИ. ИСЛАМ. НОВЫЕ РЕЛИГИИ 4-е изд. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> И. Н. Яблоков [и др.] ; ответственный редактор И. Н. Яблоков.</t>
   </si>
   <si>
     <t>Курс посвящен рассмотрению мировых религий — ислама и христианства, их возникновению, развитию, распространению, современному состоянию. В нем исследуются теология и философия различных направлений христианства и ислама, социально-политические позиции и деятельность христианских (католических, протестантских), мусульманских организаций. Материал курса содержит обзор новых религиозных движений, излагаются причины их появления, специфика их вероучений, культа, организации, деятельности. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов и преподавателей вузов, преподавателей и учащихся старших классов общеобразовательных школ, лицеев гуманитарного профиля, всех интересующихся вопросами религиоведения.</t>
   </si>
   <si>
     <t>978-5-534-18491-4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -576,51 +573,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-buddizma-buddizm-v-sovremennom-mire-569112" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-religii-buddizm-vostochnye-cerkvi-pravoslavie-561664" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-religii-zapadnye-konfessii-islam-novye-religii-535133" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-buddizma-buddizm-v-sovremennom-mire-589772" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-religii-buddizm-vostochnye-cerkvi-pravoslavie-584330" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-religii-zapadnye-konfessii-islam-novye-religii-584331" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -801,245 +798,245 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>569112</v>
+        <v>589772</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>86</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>399.0</v>
+        <v>429.0</v>
       </c>
       <c r="M5" s="9">
-        <v>439.0</v>
+        <v>469.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.098</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>561664</v>
+        <v>584330</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>376</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="9">
-        <v>1479.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1629.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.459</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>535133</v>
+        <v>584331</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>391</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="9">
-        <v>1529.0</v>
+        <v>1639.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1679.0</v>
+        <v>1799.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.473</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>