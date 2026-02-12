--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -65,114 +65,114 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/565653</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ключевский, В. О. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Лекции по русской истории в 3 ч. Часть 1. Вступительные беседы. История Древней Руси : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2025. — 210 с. — (Высшее образование). — ISBN 978-5-534-02170-7.</w:t>
+        <w:t xml:space="preserve">Лекции по русской истории в 3 ч. Часть 1. Вступительные беседы. История Древней Руси : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2026. — 210 с. — (Высшее образование). — ISBN 978-5-534-02170-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562233</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Лекции по русской истории в 3 ч. Часть 2. Образование московского государства : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2025. — 314 с. — (Высшее образование). — ISBN 978-5-534-02202-5.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598644</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ключевский, В. О. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Лекции по русской истории в 3 ч. Часть 2. Образование московского государства : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2026. — 314 с. — (Высшее образование). — ISBN 978-5-534-02202-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562384</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Лекции по русской истории в 3 ч. Часть 3. Восемнадцатый век. Реформы Петра : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2025. — 232 с. — (Высшее образование). — ISBN 978-5-534-02204-9.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598658</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ключевский, В. О. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Лекции по русской истории в 3 ч. Часть 3. Восемнадцатый век. Реформы Петра : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2026. — 232 с. — (Высшее образование). — ISBN 978-5-534-02204-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562385</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598659</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ключевский, В. О. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Литературные и исторические портреты / В. О. Ключевский. — Москва : Издательство Юрайт, 2025. — 356 с. — (Антология мысли). — ISBN 978-5-534-05073-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -195,140 +195,140 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/569250</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ключевский, В. О. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Русская история. Полный курс в 4 ч. Часть 1 : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2025. — 396 с. — (Высшее образование). — ISBN 978-5-534-12117-9.</w:t>
+        <w:t xml:space="preserve">Русская история. Полный курс в 4 ч. Часть 1 : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2026. — 396 с. — (Высшее образование). — ISBN 978-5-534-12117-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562411</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Русская история. Полный курс в 4 ч. Часть 2 : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2025. — 352 с. — (Высшее образование). — ISBN 978-5-534-12118-6.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598664</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ключевский, В. О. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Русская история. Полный курс в 4 ч. Часть 2 : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2026. — 352 с. — (Высшее образование). — ISBN 978-5-534-12118-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562419</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Русская история. Полный курс в 4 ч. Часть 3 : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2025. — 354 с. — (Высшее образование). — ISBN 978-5-534-12119-3.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598665</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ключевский, В. О. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Русская история. Полный курс в 4 ч. Часть 3 : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2026. — 354 с. — (Высшее образование). — ISBN 978-5-534-12119-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562420</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Русская история. Полный курс в 4 ч. Часть 4 : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2025. — 377 с. — (Высшее образование). — ISBN 978-5-534-12120-9.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598666</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ключевский, В. О. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Русская история. Полный курс в 4 ч. Часть 4 : учебник для вузов / В. О. Ключевский. — Москва : Издательство Юрайт, 2026. — 377 с. — (Высшее образование). — ISBN 978-5-534-12120-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562421</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ключевский, В. О. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Сказания иностранцев о Московском государстве / В. О. Ключевский. — Москва : Издательство Юрайт, 2025. — 288 с. — (Антология мысли). — ISBN 978-5-534-08735-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -469,51 +469,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565626" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565653" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562233" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562384" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562385" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563899" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/569250" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562411" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562419" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562420" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562421" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565285" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565626" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565653" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598644" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598658" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598659" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563899" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/569250" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598664" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598665" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598666" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598667" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565285" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>