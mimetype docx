--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -65,51 +65,51 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/561196</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Налоги и налогообложение : учебник и практикум для вузов / ответственные редакторы Г. Б. Поляк, Е. Е. Смирнова. — 6-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 350 с. — (Высшее образование). — ISBN 978-5-534-20038-6.</w:t>
+        <w:t xml:space="preserve">Налоги и налогообложение : учебник для вузов / ответственные редакторы Г. Б. Поляк, Е. Е. Смирнова. — 6-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 348 с. — (Высшее образование). — ISBN 978-5-534-20038-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/581147</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>