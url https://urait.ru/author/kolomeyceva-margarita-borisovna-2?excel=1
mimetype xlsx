--- v0 (2025-12-25)
+++ v1 (2026-02-08)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>25.12.2025</t>
+    <t>08.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -172,51 +172,51 @@
   <si>
     <t>ОСНОВЫ ИМПУЛЬСНОЙ И ЦИФРОВОЙ ТЕХНИКИ 2-е изд., испр. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В настоящем пособии рассматриваются основные теоретические положения анализа и синтеза линейных импульсных и цифровых систем. Рассмотрены свойства и теоремы дискретного преобразования Лапласа, вопросы определения временных и частотных характеристик, понятие и оценка устойчивости, синтез систем с заданными свойствами. Книга снабжена контрольными вопросами и заданиями на проверку усвоения материала.</t>
   </si>
   <si>
     <t>978-5-534-08722-2</t>
   </si>
   <si>
     <t>32.842я723</t>
   </si>
   <si>
     <t>19.04.2019</t>
   </si>
   <si>
     <t>СИСТЕМЫ АВТОМАТИЧЕСКОГО УПРАВЛЕНИЯ ПРИ СЛУЧАЙНЫХ ВОЗДЕЙСТВИЯХ 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> М. Б. Коломейцева,  В. М. Беседин.</t>
+    <t>Коломейцева М. Б., Беседин В. М.</t>
   </si>
   <si>
     <t>Автоматика и управление</t>
   </si>
   <si>
     <t>В учебнике рассматриваются вопросы исследования линейных и нелинейных систем автоматического управления при случайных воздействиях. Приводится описание случайных процессов и их характеристик. Для проведения анализа систем автоматического управления выведены соотношения для расчета вероятностных характеристик на выходе системы. Представлены методы оптимального синтеза. Часть материала посвящена дискретным линейным системам автоматического управления при случайных воздействиях. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов, изучающих дисциплину «Теория автоматического управления»; может быть полезно для студентов и инженеров, занимающихся вопросами анализа и проектирования систем автоматического управления при случайных воздействиях.</t>
   </si>
   <si>
     <t>978-5-534-11166-8</t>
   </si>
   <si>
     <t>32.965я73</t>
   </si>
   <si>
     <t>13.05.2019</t>
   </si>
   <si>
     <t>СИСТЕМЫ АВТОМАТИЧЕСКОГО УПРАВЛЕНИЯ ПРИ СЛУЧАЙНЫХ ВОЗДЕЙСТВИЯХ 2-е изд., испр. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В учебнике рассматриваются вопросы исследования линейных и нелинейных систем автоматического управления при случайных воздействиях. Приводится описание случайных процессов и их характеристик. Для проведения анализа систем автоматического управления выведены соотношения для расчета вероятностных характеристик на выходе системы. Представлены методы оптимального синтеза. Часть материала посвящена дискретным линейным системам автоматического управления при случайных воздействиях. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов, изучающих дисциплину «Теория автоматического управления»; может быть полезно для студентов и инженеров, занимающихся вопросами анализа и проектирования систем автоматического управления при случайных воздействиях.</t>
   </si>
   <si>
     <t>978-5-534-11532-1</t>
   </si>
@@ -603,51 +603,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-impulsnoy-i-cifrovoy-tehniki-564594" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-impulsnoy-i-cifrovoy-tehniki-564626" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistemy-avtomaticheskogo-upravleniya-pri-sluchaynyh-vozdeystviyah-557536" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistemy-avtomaticheskogo-upravleniya-pri-sluchaynyh-vozdeystviyah-557538" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-impulsnoy-i-cifrovoy-tehniki-586454" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-impulsnoy-i-cifrovoy-tehniki-586469" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistemy-avtomaticheskogo-upravleniya-pri-sluchaynyh-vozdeystviyah-586466" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistemy-avtomaticheskogo-upravleniya-pri-sluchaynyh-vozdeystviyah-587431" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -828,291 +828,291 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>564594</v>
+        <v>586454</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>124</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>519.0</v>
+        <v>559.0</v>
       </c>
       <c r="M5" s="9">
-        <v>569.0</v>
+        <v>609.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.134</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>564626</v>
+        <v>586469</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>124</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>519.0</v>
+        <v>559.0</v>
       </c>
       <c r="M6" s="9">
-        <v>569.0</v>
+        <v>609.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.134</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>557536</v>
+        <v>586466</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>101</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>449.0</v>
+        <v>479.0</v>
       </c>
       <c r="M7" s="9">
-        <v>489.0</v>
+        <v>529.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.112</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>557538</v>
+        <v>587431</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>101</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>449.0</v>
+        <v>479.0</v>
       </c>
       <c r="M8" s="9">
-        <v>489.0</v>
+        <v>529.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>60</v>
       </c>