--- v0 (2026-01-22)
+++ v1 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
-[...1 lines deleted...]
-    <t>22.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -148,90 +148,90 @@
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Право социального обеспечения</t>
   </si>
   <si>
     <t>Издание содержит тексты лекций, в которых в доступной и понятной форме раскрываются современные актуальные проблемы развития социального права, действия законодательства, формирования юридической практики в сфере защиты социальных прав граждан органами публичной власти. В курсе содержится не только теоретический материал, затрагивающий вопросы обеспечения и защиты социальных прав граждан, но также списки рекомендуемой литературы и глоссарий. Курс направлен на реализацию компетентностного подхода при изучении вопросов защиты социальных прав граждан органами публичной власти России. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, магистрантов, аспирантов, преподавателей юридических и других гуманитарных вузов, практических работников и всех читателей, интересующихся рассматриваемой проблематикой.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-21039-2</t>
   </si>
   <si>
     <t>67.400+67.405я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
-    <t>29.03.2024</t>
-[...2 lines deleted...]
-    <t>КОНСТИТУЦИОННОЕ ПРАВО 8-е изд., пер. и доп. Учебник для СПО</t>
+    <t>11.03.2026</t>
+  </si>
+  <si>
+    <t>Конституционное право 9-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Комкова Г. Н., Колесников Е. В., Липчанская М. А.</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Конституционное (государственное) право</t>
   </si>
   <si>
-    <t>В курсе рассматриваются основные категории конституционного права, права и свободы человека, федеративное устройство, система органов власти России и ее субъектов. Даются определения конституционных понятий с учетом последних достижений российской правовой мысли. Все вопросы освещаются на основе анализа новейшего законодательства. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по специальностям «Юриспруденция», «Правоохранительная деятельность», «Судебная экспертиза», а также для преподавателей, сотрудников исполнительной власти и практикующих юристов.</t>
-[...2 lines deleted...]
-    <t>978-5-534-19029-8</t>
+    <t>Курс направлен на формирование системных знаний об основах конституционного строя, правах и свободах человека и гражданина, федеративном устройстве России, организации публичной власти и механизмах конституционно-правового регулирования. Содержание курса ориентировано на современные конституционные процессы; все вопросы освещаются на основе актуальной практики Конституционного Суда РФ и новейшего законодательства. Интерактивные тесты и практико-ориентированные задания к курсу, доступные на платформе «Юрайт», способствуют закреплению теоретических знаний и формированию навыков их применения. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по специальностям «Юриспруденция», «Правоохранительная деятельность», «Судебная экспертиза», а также для преподавателей, сотрудников исполнительной власти и практикующих юристов.</t>
+  </si>
+  <si>
+    <t>978-5-534-21809-1</t>
   </si>
   <si>
     <t>67.400я723</t>
   </si>
   <si>
-    <t>15.05.2023</t>
-[...2 lines deleted...]
-    <t>КОНСТИТУЦИОННОЕ ПРАВО ЗАРУБЕЖНЫХ СТРАН 8-е изд., пер. и доп. Учебник для вузов</t>
+    <t>06.03.2026</t>
+  </si>
+  <si>
+    <t>Конституционное право зарубежных стран 9-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Афанасьева О. В., Колесников Е. В., Комкова Г. Н.</t>
   </si>
   <si>
     <t>Курс представляет собой обобщенное изложение основных тем по курсу «Конституционное право зарубежных стран». В нем рассматриваются как общетеоретические вопросы современного конституционализма, так и основы конституционного права отдельных государств: Великобритании, Германии, Италии, Канады, Китая, Польши, США, Франции, Швейцарии, Японии. Глоссарий, составленный из основных терминов и понятий курса, поможет уяснить основные категории науки конституционного права. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования и методическим требованиям, предъявляемым к учебным изданиям. Рекомендован к опубликованию Ученым советом юридического факультета Саратовского государственного университета имени Н. Г. Чернышевского.</t>
   </si>
   <si>
-    <t>978-5-534-20755-2</t>
+    <t>978-5-534-21810-7</t>
   </si>
   <si>
     <t>67.400я73</t>
   </si>
   <si>
     <t>19.12.2025</t>
   </si>
   <si>
     <t>Конституционное право Российской Федерации 9-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Курс направлен на формирование системных знаний об основах конституционного строя, правах и свободах человека и гражданина, федеративном устройстве России, организации публичной власти и механизмах конституционно-правового регулирования. Содержание курса ориентировано на современные конституционные процессы; все вопросы освещаются на основе актуальной практики Конституционного Суда РФ и новейшего законодательства. Интерактивные тесты и практико-ориентированные задания к курсу, доступные на платформе «Юрайт», способствуют закреплению теоретических знаний и формированию навыков их применения. Освоение данного курса обеспечивает прочную основу для дальнейшего изучения отраслевых юридических дисциплин и успешной профессиональной деятельности. Для студентов вузов, обучающихся по юридическим направлениям, а также для преподавателей юридических вузов и факультетов, сотрудников органов государственной и муниципальной власти, практикующих юристов.</t>
   </si>
   <si>
     <t>978-5-534-21808-4</t>
   </si>
   <si>
     <t>26.09.2023</t>
   </si>
   <si>
     <t>КОНСТИТУЦИОННОЕ ПРАВО. ПРАКТИКУМ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Под общ. ред. Комковой Г. Н.</t>
   </si>
@@ -265,78 +265,81 @@
   <si>
     <t>Охрана и профилактика здоровья. Социальная, спортивная медицина. История медицины</t>
   </si>
   <si>
     <t>В курсе рассматриваются основные теоретические вопросы медицинского права. Освещается правовое регулирование медицинской помощи, излагаются правовые основы обращения лекарственных средств, раскрываются права граждан в сфере охраны здоровья и способы их защиты. Особое внимание уделено этическим требованиям в сфере медицинской деятельности, способам защиты прав врачей и медицинских работников, а также особенностям привлечения к юридической ответственности медицинских организаций и медицинских работников за совершение правонарушений и преступлений в сфере здравоохранения. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов юридических и медицинских вузов и факультетов, а также всех, кто интересуется вопросами прав пациента и врачей, способами защиты прав и законных интересов граждан.</t>
   </si>
   <si>
     <t>978-5-534-20634-0</t>
   </si>
   <si>
     <t>5+67я73</t>
   </si>
   <si>
     <t>17.06.2025</t>
   </si>
   <si>
     <t>Медицинское право 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В курсе рассматриваются основные теоретические вопросы медицинского права. Освещается правовое регулирование медицинской помощи, излагаются правовые основы обращения лекарственных средств, раскрываются права граждан в сфере охраны здоровья и способы их защиты. Особое внимание уделено этическим требованиям в сфере медицинской деятельности, способам защиты прав врачей и медицинских работников, а также особенностям привлечения к юридической ответственности медицинских организаций и медицинских работников за совершение правонарушений и преступлений в сфере здравоохранения. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по юридическим и медицинским специальностям, преподавателей, а также практических работников.</t>
   </si>
   <si>
     <t>978-5-534-20841-2</t>
   </si>
   <si>
+    <t>30.07.2025</t>
+  </si>
+  <si>
+    <t>МЕДИЦИНСКОЕ ПРАВО. Практикум. Учебник и практикум для вузов</t>
+  </si>
+  <si>
+    <t>Обложка</t>
+  </si>
+  <si>
+    <t>Практикум включает тематические планы дисциплины «Медицинское право», планы практических занятий, рекомендуемую литературу и перечень нормативных актов по изучаемым темам, глоссарий по медицинскому праву. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по юридическим и медицинским направлениям.</t>
+  </si>
+  <si>
+    <t>978-5-534-21599-1</t>
+  </si>
+  <si>
     <t>01.12.2023</t>
   </si>
   <si>
     <t>ПРАВО СОЦИАЛЬНОГО ОБЕСПЕЧЕНИЯ. ПРАКТИКУМ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Комкова Г. Н., Торосян Р. А., Сычев В. Б. ; Отв. ред. Комкова Г. Н.</t>
   </si>
   <si>
     <t>Издание включает тематические планы дисциплины «Право социального обеспечения», планы практических занятий, рекомендуемую литературу и перечень нормативных актов по изучаемым темам, глоссарий по праву социального обеспечения. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по юридическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-18208-8</t>
   </si>
   <si>
     <t>67.405.2я73</t>
-  </si>
-[...10 lines deleted...]
-    <t>67.405.2я723</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -696,51 +699,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zaschita-socialnyh-prav-grazhdan-organami-publichnoy-vlasti-rossii-590052" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-561240" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-zarubezhnyh-stran-558703" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-rossiyskoy-federacii-582196" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-praktikum-561861" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-praktikum-563276" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-589027" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-590468" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-socialnogo-obespecheniya-praktikum-587065" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-socialnogo-obespecheniya-praktikum-587068" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zaschita-socialnyh-prav-grazhdan-organami-publichnoy-vlasti-rossii-590052" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-582197" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-zarubezhnyh-stran-582198" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-rossiyskoy-federacii-582196" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-praktikum-561861" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konstitucionnoe-pravo-praktikum-563276" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-589027" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-590468" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-pravo-praktikum-590492" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-socialnogo-obespecheniya-praktikum-587065" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -948,264 +951,264 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>151</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>869.0</v>
+        <v>929.0</v>
       </c>
       <c r="M5" s="9">
-        <v>959.0</v>
+        <v>1019.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.303</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>561240</v>
+        <v>582197</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>453</v>
+        <v>371</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2179.0</v>
+        <v>1949.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2399.0</v>
+        <v>2139.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
-        <v>0.669</v>
+        <v>0.569</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>558703</v>
+        <v>582198</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
-        <v>360</v>
+        <v>314</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1779.0</v>
+        <v>1689.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1959.0</v>
+        <v>1859.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
-        <v>0.556</v>
+        <v>0.5</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
         <v>582196</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>414</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2009.0</v>
+        <v>2149.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2209.0</v>
+        <v>2359.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>62</v>
       </c>
@@ -1228,54 +1231,54 @@
       <c r="B9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2025</v>
       </c>
       <c r="J9" s="8">
         <v>243</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>67</v>
       </c>
@@ -1298,54 +1301,54 @@
       <c r="B10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2025</v>
       </c>
       <c r="J10" s="8">
         <v>243</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>70</v>
       </c>
@@ -1368,54 +1371,54 @@
       <c r="B11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>306</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1539.0</v>
+        <v>1649.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>77</v>
       </c>
@@ -1438,222 +1441,222 @@
       <c r="B12" s="6" t="s">
         <v>79</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>73</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>306</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1539.0</v>
+        <v>1649.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>74</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>75</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>82</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>78</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.491</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>587065</v>
+        <v>590492</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>83</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2026</v>
       </c>
       <c r="J13" s="8">
-        <v>211</v>
+        <v>94</v>
       </c>
       <c r="K13" s="6" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="L13" s="9">
-        <v>1129.0</v>
+        <v>569.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1239.0</v>
+        <v>629.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>86</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>87</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
-        <v>0.376</v>
+        <v>0.132</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>587068</v>
+        <v>587065</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>89</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
         <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>211</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1129.0</v>
+        <v>1209.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1239.0</v>
+        <v>1329.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.376</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>