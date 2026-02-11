--- v0 (2025-12-25)
+++ v1 (2026-02-11)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+  <si>
+    <t>11.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -133,117 +133,117 @@
   <si>
     <t>03.04.2023</t>
   </si>
   <si>
     <t>ДЕНЬГИ, КРЕДИТ, БАНКИ. ФИНАНСОВЫЕ РЫНКИ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Яновой С.Ю.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Экономические науки</t>
   </si>
   <si>
     <t>Деньги. Кредит. Банки</t>
   </si>
   <si>
-    <t>Курс дает возможность получить базовые комплексные знания о денежно-кредитной сфере и всех секторах финансового рынка. Основы теории денег, кредита и банков изложены с учетом анализа современной практики функционирования финансовых институтов и монетарного регулирования экономики. Представлены материалы о сущности и функциях денег, денежных и платежных системах, кредитных отношениях и институтах, денежно-кредитном регулировании; дается характеристика современных финансовых инструментов в разрезе основных финансовых секторов — банковского, фондового и страхового. Актуальные проблемы международной интеграции финансовых рынков раскрыты на примере развития мировых финансовых центров и международных финансовых организаций. Содержание курса соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов, слушателей факультетов повышения квалификации, преподавателей юридических вузов и психологических факультетов, а также для работников правоохранительных органов (следователей, прокуроров, судей, сотрудников органов юстиции), адвокатов, судебных психологов.</t>
+    <t>Курс дает возможность получить базовые комплексные знания о денежно-кредитной сфере и всех секторах финансового рынка. Основы теории денег, кредита и банков изложены с учетом анализа современной практики функционирования финансовых институтов и монетарного регулирования экономики. Представлены материалы о сущности и функциях денег, денежных и платежных системах, кредитных отношениях и институтах, денежно-кредитном регулировании; дается характеристика современных финансовых инструментов в разрезе основных финансовых секторов — банковского, фондового и страхового. Актуальные проблемы международной интеграции финансовых рынков раскрыты на примере развития мировых финансовых центров и международных финансовых организаций.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-16459-6</t>
   </si>
   <si>
     <t>65.26я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>30.06.2023</t>
   </si>
   <si>
     <t>МЕТОДОЛОГИЯ НАУЧНЫХ ИССЛЕДОВАНИЙ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Горелов Н. А., Кораблева О. Н., Круглов Д. В.</t>
   </si>
   <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>Науковедение</t>
   </si>
   <si>
     <t>Учебник разработан для студентов и аспирантов всех направлений подготовки специалистов с целью формирования знаний, умений, навыков и компетенций в области методологии и методического обеспечения выполнения научно-исследовательских работ. С системных позиций рассмотрены основные вопросы курса: философский аспект развития науки как реальной производительной силы, сущность и характеристика уровней научного познания, система поиска, накопления и обработки научной информации, методы научного исследования, методы креативного решения проблем, синергетика, синектика, коучинг, теория графов, организация проведения НИР и др. Книга включает практикум, применение экономико-математических, статистических и эконометрических методов и моделей в научных исследованиях; снабжена контрольно-аттестационным аппаратом, глоссарием и списком научной литературы по темам курса. Особенностью 3-го издания книги является развитие темы, включающей многоуровневую систему экономики и современные экономические модели: социально ориентированную, либерально-монетаристскую и социально-экономическую модель Китайской Народной Республики. Кроме того, обновлены вопросы для самопроверки и тематика рефератов, а также дополнен список научной литературы. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по всем направлениям.</t>
   </si>
   <si>
     <t>978-5-534-16519-7</t>
   </si>
   <si>
     <t>72я73</t>
   </si>
   <si>
     <t>23.10.2024</t>
   </si>
   <si>
     <t>НАУКОЕМКАЯ ЭКОНОМИКА. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Н. А. Горелов,  О. Н. Кораблева,  Е. Г. Абрамов ; под редакцией Н. А. Горелова.</t>
+    <t>Горелов Н. А., Кораблева О. Н., Абрамов Е. Г. ; Под ред. Горелова Н.А.</t>
   </si>
   <si>
     <t>Экономика: общие работы</t>
   </si>
   <si>
     <t>Предметом изучения курса «Наукоемкая экономика» является научно-методическое обеспечение модернизации хозяйственной системы, ее базиса, реализации стратегии научно-технологического развития и национальных проектов. Курс предназначен для студентов высших учебных заведений, а также рекомендован для студентов Передовой инженерной школы СПбГУ «Междисциплинарные исследования, технологии и бизнес процессы для минерально-сырьевого комплекса России».</t>
   </si>
   <si>
     <t>978-5-534-20718-7</t>
   </si>
   <si>
     <t>65.01я73</t>
   </si>
   <si>
     <t>13.11.2024</t>
   </si>
   <si>
     <t>УПРАВЛЕНИЕ ИНТЕЛЛЕКТУАЛЬНЫМ КАПИТАЛОМ В НАУКОЕМКОЙ ЭКОНОМИКЕ. Учебник и практикум для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> Н. А. Горелов,  О. Н. Кораблева,  Е. Г. Абрамов ; под общей редакцией Н. А. Горелова.</t>
+    <t>Горелов Н. А., Кораблева О. Н., Абрамов Е. Г. ; Под общ. ред. Горелова Н.А.</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Предметом изучения курса «Наукоемкая экономика» является научно-методическое обеспечение модернизации хозяйственной системы, ее базиса, реализации стратегии научно-технологического развития и национальных проектов. Данный курс методология создания и системотизации новых ценностей, основным ресурсом которых являются знания, а также способности ее субъектов к генерации новых знаний и их практическому воплощению. Целью его изучения является формирование у студентов компетенций, определяющих их способность решать теоретические и практические задачи реализации стратегии научно-технологического и социально-экономического развития, формирования интеллектуально-креативного потенциала организации. Важное значение также имеет изучение эволюции человеческого капитала, являющегося источником научного знания. Курс предназначен для студентов образовательных учреждений среднего профессионального образования, а также рекомендован для студентов Передовой инженерной школы СПбГУ «Междисциплинарные исследования, технологии и бизнес процессы для минерально-сырьевого комплекса России».</t>
   </si>
   <si>
     <t>978-5-534-21110-8</t>
   </si>
   <si>
     <t>65.01я723</t>
   </si>
   <si>
     <t>11.12.2013</t>
   </si>
   <si>
     <t>УПРАВЛЕНИЕ ЧЕЛОВЕЧЕСКИМИ РЕСУРСАМИ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Максимцева И.А., Горелова Н.А.</t>
   </si>
@@ -281,53 +281,50 @@
     <t>65.050.2я73</t>
   </si>
   <si>
     <t>02.02.2024</t>
   </si>
   <si>
     <t>ЦИФРОВАЯ ЭКОНОМИКА И ИНФОРМАЦИОННОЕ ОБЩЕСТВО 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Горелов Н. А., Кораблева О. Н.</t>
   </si>
   <si>
     <t>В курсе рассмотрены концептуальные идеи развития информационного общества; дана оценка состояния готовности Российской Федерации к переходу к цифровой экономике; выявлены объективные условия и социально-экономические предпосылки создания общества, основанного на знаниях и новых технологиях; намечены пути информатизации общества; обобщен зарубежный опыт обучения населения цифровой грамотности; представлена социально-экономическая модель КНР. Второе издание курса дополнено учебным и методическим материалом по формированию универсальных компетенций направления подготовки 38.03.05 "Бизнес-информатика". Для студентов, обучающихся по всем направлениям высшего образования, а также для работников организаций и учреждений.</t>
   </si>
   <si>
     <t>978-5-534-18432-7</t>
   </si>
   <si>
     <t>65я73</t>
   </si>
   <si>
     <t>26.02.2025</t>
   </si>
   <si>
     <t>ЦИФРОВАЯ ЭКОНОМИКА. ЦИФРОВАЯ ТРАНСФОРМАЦИЯ ОБЩЕСТВА 2-е изд., пер. и доп. Учебник для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Н. А. Горелов,  О. Н. Кораблева.</t>
   </si>
   <si>
     <t>В курсе рассмотрены концептуальные идеи развития информационного общества; дана оценка состояния готовности Российской Федерации к переходу к цифровой экономике; выявлены объективные условия и социально-экономические предпосылки создания общества, основанного на знаниях и новых технологиях; намечены пути информатизации общества; обобщен зарубежный опыт обучения населения цифровой грамотности; представлена социально-экономическая модель КНР. Для студентов, обучающихся по всем направлениям среднего профессионального образования, а также для работников организаций и учреждений.</t>
   </si>
   <si>
     <t>978-5-534-20736-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -693,51 +690,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dengi-kredit-banki-finansovye-rynki-568517" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodologiya-nauchnyh-issledovaniy-560121" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/naukoemkaya-ekonomika-558647" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-intellektualnym-kapitalom-v-naukoemkoy-ekonomike-559358" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-chelovecheskimi-resursami-559924" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-chelovecheskimi-resursami-strategii-i-innovacii-561282" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-ekonomika-i-informacionnoe-obschestvo-558666" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-ekonomika-cifrovaya-transformaciya-obschestva-558665" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dengi-kredit-banki-finansovye-rynki-589261" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodologiya-nauchnyh-issledovaniy-583345" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/naukoemkaya-ekonomika-589962" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-intellektualnym-kapitalom-v-naukoemkoy-ekonomike-590129" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-chelovecheskimi-resursami-582789" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-chelovecheskimi-resursami-strategii-i-innovacii-584037" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-ekonomika-i-informacionnoe-obschestvo-586194" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-ekonomika-cifrovaya-transformaciya-obschestva-589977" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -918,591 +915,591 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>568517</v>
+        <v>589261</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2769.0</v>
+        <v>2999.0</v>
       </c>
       <c r="M5" s="9">
-        <v>3049.0</v>
+        <v>3299.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.836</v>
+        <v>0.846</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>560121</v>
+        <v>583345</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>390</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1899.0</v>
+        <v>2039.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2089.0</v>
+        <v>2239.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.593</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>558647</v>
+        <v>589962</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>435</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2099.0</v>
+        <v>2249.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2309.0</v>
+        <v>2469.0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.647</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>559358</v>
+        <v>590129</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>248</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1289.0</v>
+        <v>1379.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1419.0</v>
+        <v>1519.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>64</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>66</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.421</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>559924</v>
+        <v>582789</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>69</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>467</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>2239.0</v>
+        <v>2389.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2459.0</v>
+        <v>2629.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>70</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>71</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>72</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>73</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>74</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.686</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>561282</v>
+        <v>584037</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>77</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>309</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1549.0</v>
+        <v>1659.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1699.0</v>
+        <v>1819.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>78</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>79</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>80</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.494</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>558666</v>
+        <v>586194</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>81</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>82</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>83</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>328</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1639.0</v>
+        <v>1749.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1799.0</v>
+        <v>1919.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>84</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>85</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>86</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.517</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>558665</v>
+        <v>589977</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>87</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>328</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1639.0</v>
+        <v>1749.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1799.0</v>
+        <v>1919.0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>55</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>86</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.517</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>