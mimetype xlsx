--- v0 (2025-12-07)
+++ v1 (2026-01-22)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
-[...1 lines deleted...]
-    <t>07.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+  <si>
+    <t>23.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -149,53 +149,50 @@
     <t>Педагогика, психология, социальная работа</t>
   </si>
   <si>
     <t>Образовательные и педагогические технологии</t>
   </si>
   <si>
     <t>Что означает взаимодействие для учителя, педагога, работника образовательной сферы? Действительно ли это базовая категория педагогики? Касается она отношений учителя и ученика или охватывает большой круг междисциплинарных проблем? Количество вопросов, возникающих при рассмотрении темы педагогического взаимодействия, явно указывает на необходимость в обобщении и систематизации материалов, способных помочь в поисках соответствующих ответов. Цель данного курса — формирование целостного представления о педагогическом взаимодействии как о явлении и как о ведущей категории педагогики, о его значении в системе образования, о возможностях конструирования его в образовательной практике. Автор попытался систематизировать современные подходы по проблеме педагогических взаимодействий в современной образовательной ситуации и создать курс, необходимый каждому современному педагогу.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-10298-7</t>
   </si>
   <si>
     <t>74.202.5я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>09.11.2024</t>
   </si>
   <si>
     <t>ПЕДАГОГИКА. ПРАКТИКУМ ПО РЕШЕНИЮ ПРОФЕССИОНАЛЬНЫХ ЗАДАЧ 2-е изд., пер. и доп. Учебное пособие для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Е. В. Коротаева.</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Учебное пособие представляет собой обобщение теоретических и методических материалов по актуальным вопросам педагогической науки для студентов, обучающихся в системе многоуровневой подготовки. Материалы, представленные в пособии, касаются, хотя и в различной степени, всех ступеней образовательной системы: дошкольной, школьной, вузовской, что позволяет увидеть взаимосвязь и взаимообусловленность педагогических явлений. Каждая глава пособия традиционно завершается тематическим подбором литературы, что создает обучающимся поле для самостоятельного изучения тех или иных аспектов образовательного пространства. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20899-3</t>
   </si>
   <si>
     <t>74.04я73</t>
   </si>
   <si>
     <t>09.10.2018</t>
   </si>
   <si>
     <t>ПЕДАГОГИЧЕСКОЕ ВЗАИМОДЕЙСТВИЕ. Учебное пособие для вузов</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Сегодня ощущается потребность в переосмыслении многих ставших привычными понятий и явлений образовательного пространства. Несомненно, к ним относится и педагогическое взаимодействие. В курсе излагаются современные подходы к педагогике взаимодействий — актуальному и востребованному направлению развития системы образования. Представлен опыт изучения взаимодействия как междисциплинарной и ведущей категории педагогической науки. Уточнены психолого-педагогические основания, раскрывающие позиции и роли субъектов в образовательном процессе, в ходе общения. Освещается специфика педагогических взаимодействий в непосредственной образовательной практике, даются рекомендации к оптимизации взаимодействий между педагогом и обучающимися.</t>
   </si>
@@ -633,51 +630,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obrazovatelnye-tehnologii-v-pedagogicheskom-vzaimodeystvii-564042" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogika-praktikum-po-resheniyu-professionalnyh-zadach-558965" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskoe-vzaimodeystvie-557191" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/praktikum-po-resheniyu-professionalnyh-zadach-v-pedagogicheskoy-deyatelnosti-564043" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologo-pedagogicheskie-osnovy-obscheniya-obrazovatelnye-tehnologii-558963" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologo-pedagogicheskie-osnovy-obscheniya-pedagogicheskoe-vzaimodeystvie-559017" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-i-praktika-pedagogicheskih-vzaimodeystviy-578964" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obrazovatelnye-tehnologii-v-pedagogicheskom-vzaimodeystvii-586189" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogika-praktikum-po-resheniyu-professionalnyh-zadach-590034" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskoe-vzaimodeystvie-586188" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/praktikum-po-resheniyu-professionalnyh-zadach-v-pedagogicheskoy-deyatelnosti-586190" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologo-pedagogicheskie-osnovy-obscheniya-obrazovatelnye-tehnologii-590033" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologo-pedagogicheskie-osnovy-obscheniya-pedagogicheskoe-vzaimodeystvie-590059" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-i-praktika-pedagogicheskih-vzaimodeystviy-587085" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -858,523 +855,523 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>564042</v>
+        <v>586189</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>181</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>999.0</v>
       </c>
       <c r="M5" s="9">
         <v>1099.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y5" s="8">
         <v>0.339</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>558965</v>
+        <v>590034</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>177</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>979.0</v>
       </c>
       <c r="M6" s="9">
         <v>1079.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y6" s="8">
         <v>0.334</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>557191</v>
+        <v>586188</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>217</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>1159.0</v>
       </c>
       <c r="M7" s="9">
         <v>1269.0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y7" s="8">
         <v>0.383</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>564043</v>
+        <v>586190</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>178</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>989.0</v>
       </c>
       <c r="M8" s="9">
         <v>1089.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y8" s="8">
         <v>0.336</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>558963</v>
+        <v>590033</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>180</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
         <v>999.0</v>
       </c>
       <c r="M9" s="9">
         <v>1099.0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y9" s="8">
         <v>0.338</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>559017</v>
+        <v>590059</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>217</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
         <v>1159.0</v>
       </c>
       <c r="M10" s="9">
         <v>1269.0</v>
       </c>
       <c r="N10" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y10" s="8">
         <v>0.383</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>578964</v>
+        <v>587085</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>230</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>1209.0</v>
       </c>
       <c r="M11" s="9">
         <v>1329.0</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y11" s="8">
         <v>0.399</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>