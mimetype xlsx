--- v1 (2026-01-22)
+++ v2 (2026-03-14)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
-    <t>23.01.2026</t>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -882,54 +882,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>181</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>999.0</v>
+        <v>1069.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1099.0</v>
+        <v>1179.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
@@ -950,54 +950,54 @@
       <c r="B6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>177</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>979.0</v>
+        <v>1049.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1079.0</v>
+        <v>1149.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
@@ -1018,54 +1018,54 @@
       <c r="B7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>217</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1159.0</v>
+        <v>1239.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>53</v>
       </c>
@@ -1088,54 +1088,54 @@
       <c r="B8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>178</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>989.0</v>
+        <v>1059.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1089.0</v>
+        <v>1159.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>58</v>
       </c>
@@ -1158,54 +1158,54 @@
       <c r="B9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>180</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>999.0</v>
+        <v>1069.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1099.0</v>
+        <v>1179.0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
@@ -1226,54 +1226,54 @@
       <c r="B10" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>217</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1159.0</v>
+        <v>1239.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>65</v>
       </c>
@@ -1296,54 +1296,54 @@
       <c r="B11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>230</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1209.0</v>
+        <v>1299.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1329.0</v>
+        <v>1429.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>69</v>
       </c>