--- v0 (2025-12-22)
+++ v1 (2026-02-08)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>22.12.2025</t>
+    <t>08.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>27.11.2024</t>
   </si>
   <si>
     <t>ФИЗИЧЕСКОЕ САМОСОВЕРШЕНСТВОВАНИЕ 3-е изд., пер. и доп. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. А. Бояркина [и др.] ; под редакцией А. А. Зайцева.</t>
+    <t>Под ред. Зайцева А.А.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Гуманитарные науки</t>
   </si>
   <si>
     <t>Физическая культура</t>
   </si>
   <si>
     <t>В курсе рассмотрены особенности применения средств физической культуры в различных сферах жизнедеятельности человека: профессиональной, рекреативной, семейной. Освещаются вопросы гармоничного самосовершенствования на основе развития физических качеств (предложены технологии их формирования). Отдельная тема посвящена особенностям организации массовых спортивных мероприятий. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов и преподавателей кафедр физического воспитания и всех интересующихся физической культурой.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20770-5</t>
   </si>
@@ -549,51 +549,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/fizicheskoe-samosovershenstvovanie-558741" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/fizicheskoe-samosovershenstvovanie-587974" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -774,81 +774,81 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558741</v>
+        <v>587974</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>145</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>589.0</v>
+        <v>629.0</v>
       </c>
       <c r="M5" s="9">
-        <v>649.0</v>
+        <v>689.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>