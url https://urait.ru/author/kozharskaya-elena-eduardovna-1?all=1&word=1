--- v0 (2025-12-25)
+++ v1 (2026-02-09)
@@ -39,244 +39,244 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/536566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Егорова, О. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Английский язык для естественно-научных специальностей (А2–B1) : учебник для вузов / О. А. Егорова, Е. Э. Кожарская ; ответственный редактор Л. В. Полубиченко. — Москва : Издательство Юрайт, 2025. — 154 с. — (Высшее образование). — ISBN 978-5-534-15398-9.</w:t>
+        <w:t xml:space="preserve">Английский язык для естественно-научных специальностей (А2–B1) : учебник для вузов / О. А. Егорова, Е. Э. Кожарская ; ответственный редактор Л. В. Полубиченко. — Москва : Издательство Юрайт, 2026. — 154 с. — (Высшее образование). — ISBN 978-5-534-15398-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/568232</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Изволенская, А. С. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Английский язык для колледжей (A2-B2) : учебник для среднего профессионального образования / А. С. Изволенская, Е. Э. Кожарская ; под редакцией Л. В. Полубиченко. — Москва : Издательство Юрайт, 2025. — 185 с. — (Профессиональное образование). — ISBN 978-5-534-16355-1.</w:t>
+        <w:t xml:space="preserve">Английский язык для колледжей (A2-B2) : учебник для среднего профессионального образования / А. С. Изволенская, Е. Э. Кожарская ; под редакцией Л. В. Полубиченко. — Москва : Издательство Юрайт, 2026. — 185 с. — (Профессиональное образование). — ISBN 978-5-534-16355-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/564765</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586554</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Кожарская, Е. Э. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Английский язык. Практический курс для художников и искусствоведов : учебник для вузов / Е. Э. Кожарская, Т. А. Быля, И. А. Новикова. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 190 с. — (Высшее образование). — ISBN 978-5-534-08041-4.</w:t>
+        <w:t xml:space="preserve">Английский язык. Практический курс для художников и искусствоведов : учебник для вузов / Е. Э. Кожарская, Т. А. Быля, И. А. Новикова. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 190 с. — (Высшее образование). — ISBN 978-5-534-08041-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562611</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585135</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Кожарская, Е. Э. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Английский язык. Практический курс для художников и искусствоведов : учебник для среднего профессионального образования / Е. Э. Кожарская, Т. А. Быля, И. А. Новикова. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 190 с. — (Профессиональное образование). — ISBN 978-5-534-08779-6.</w:t>
+        <w:t xml:space="preserve">Английский язык. Практический курс для художников и искусствоведов : учебник для среднего профессионального образования / Е. Э. Кожарская, Т. А. Быля, И. А. Новикова. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 190 с. — (Профессиональное образование). — ISBN 978-5-534-08779-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563425</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585694</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Егорова, О. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Английский язык. Экология, почвоведение и природопользование : учебник для вузов / О. А. Егорова, О. Н. Козлова, Е. Э. Кожарская ; ответственный редактор Л. В. Полубиченко. — Москва : Издательство Юрайт, 2025. — 112 с. — (Высшее образование). — ISBN 978-5-534-07999-9.</w:t>
+        <w:t xml:space="preserve">Английский язык. Экология, почвоведение и природопользование : учебник для вузов / О. А. Егорова, О. Н. Козлова, Е. Э. Кожарская ; ответственный редактор Л. В. Полубиченко. — Москва : Издательство Юрайт, 2026. — 112 с. — (Высшее образование). — ISBN 978-5-534-07999-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/560324</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583044</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Егорова, О. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Английский язык. Экология, почвоведение и природопользование : учебник для среднего профессионального образования / О. А. Егорова, О. Н. Козлова, Е. Э. Кожарская ; ответственный редактор Л. В. Полубиченко. — Москва : Издательство Юрайт, 2025. — 112 с. — (Профессиональное образование). — ISBN 978-5-534-08000-1.</w:t>
+        <w:t xml:space="preserve">Английский язык. Экология, почвоведение и природопользование : учебник для среднего профессионального образования / О. А. Егорова, О. Н. Козлова, Е. Э. Кожарская ; ответственный редактор Л. В. Полубиченко. — Москва : Издательство Юрайт, 2026. — 112 с. — (Профессиональное образование). — ISBN 978-5-534-08000-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/562967</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Кожарская, Е. Э. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Английский язык: лексика. Начальный уровень (A2-B2) : учебник для вузов / Е. Э. Кожарская, А. С. Изволенская ; под редакцией Л. В. Полубиченко. — Москва : Издательство Юрайт, 2025. — 185 с. — (Высшее образование). — ISBN 978-5-534-16357-5.</w:t>
+        <w:t xml:space="preserve">Английский язык: лексика. Начальный уровень (A2-B2) : учебник для вузов / Е. Э. Кожарская, А. С. Изволенская ; под редакцией Л. В. Полубиченко. — Москва : Издательство Юрайт, 2026. — 185 с. — (Высшее образование). — ISBN 978-5-534-16357-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/564769</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586556</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Тренды цифрового образования. Материалы вебинаров, бесед и исследований Юрайт. Академии. Выпуск 2. Зимняя школа преподавателя 2021 / составители А. А. Сафонов, Э. Т. Кокая, А. А. Красюк, П. А. Частова. — Москва : Издательство Юрайт, 2025. — 93 с. — (Юрайт.Академия). — ISBN 978-5-534-14866-4.</w:t>
+        <w:t xml:space="preserve">Тренды цифрового образования. Материалы вебинаров, бесед и исследований Юрайт. Академии. Выпуск 2. Зимняя школа преподавателя 2021 / составители А. А. Сафонов, Э. Т. Кокая, А. А. Красюк, П. А. Частова. — Москва : Издательство Юрайт, 2026. — 93 с. — (Юрайт.Академия). — ISBN 978-5-534-14866-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/568177</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588975</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Цифровые навыки для дистанта. Материалы вебинаров, бесед и исследований Юрайт. Академии. Выпуск 1. 2020 год / составители А. А. Сафонов, П. А. Частова. — Москва : Издательство Юрайт, 2021. — 275 с. — (Юрайт.Академия). — ISBN 978-5-534-14656-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -417,51 +417,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/536566" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568232" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564765" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562611" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563425" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/560324" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562967" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564769" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568177" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/482713" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/536566" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589031" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586554" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585135" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585694" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583044" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585361" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586556" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588975" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/482713" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>