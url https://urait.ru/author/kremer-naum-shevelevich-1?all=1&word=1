--- v0 (2026-01-21)
+++ v1 (2026-03-14)
@@ -35,170 +35,170 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Высшая математика для экономистов в 3 ч. Часть 1 : учебник и практикум для среднего профессионального образования / Н. Ш. Кремер, Б. А. Путко, И. М. Тришин ; под редакцией Н. Ш. Кремера. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 276 с. — (Профессиональное образование). — ISBN 978-5-534-10174-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/587216</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Кремер, Н. Ш. </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Высшая математика для экономистов в 3 ч. Часть 2 : учебник и практикум для среднего профессионального образования / Н. Ш. Кремер, Б. А. Путко, И. М. Тришин ; под редакцией Н. Ш. Кремера. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 239 с. — (Профессиональное образование). — ISBN 978-5-534-10173-7.</w:t>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Высшая математика для экономистов в 3 ч. Часть 2 : учебник и практикум для среднего профессионального образования / Н. Ш. Кремер, Б. А. Путко, И. М. Тришин, М. Н. Фридман ; под редакцией Н. Ш. Кремера. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 241 с. — (Профессиональное образование). — ISBN 978-5-534-10173-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/565760</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Высшая математика для экономистов в 3 ч. Часть 3 : учебник и практикум для среднего профессионального образования / Н. Ш. Кремер, Б. А. Путко, И. М. Тришин ; под редакцией Н. Ш. Кремера. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 415 с. — (Профессиональное образование). — ISBN 978-5-534-10171-3.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/587217</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Высшая математика для экономистов в 3 ч. Часть 3 : учебник и практикум для среднего профессионального образования / Н. Ш. Кремер, Б. А. Путко, И. М. Тришин, М. Н. Фридман ; под редакцией Н. Ш. Кремера. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 419 с. — (Профессиональное образование). — ISBN 978-5-534-10171-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/565761</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/587218</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Высшая математика для экономического бакалавриата в 3 ч. Часть 1 : учебник и практикум для вузов / Н. Ш. Кремер, М. Н. Фридман, Б. А. Путко, И. М. Тришин ; под редакцией Н. Ш. Кремера. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 276 с. — (Высшее образование). — ISBN 978-5-534-05820-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/584504</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Высшая математика для экономического бакалавриата в 3 ч. Часть 2 : учебник и практикум для вузов / Н. Ш. Кремер, М. Н. Фридман, Б. А. Путко, И. М. Тришин ; под редакцией Н. Ш. Кремера. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 239 с. — (Высшее образование). — ISBN 978-5-534-05822-2.</w:t>
+        <w:t xml:space="preserve">Высшая математика для экономического бакалавриата в 3 ч. Часть 2 : учебник и практикум для вузов / Н. Ш. Кремер, М. Н. Фридман, Б. А. Путко, И. М. Тришин ; под редакцией Н. Ш. Кремера. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 241 с. — (Высшее образование). — ISBN 978-5-534-05822-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561864</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584505</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Высшая математика для экономического бакалавриата в 3 ч. Часть 3 : учебник и практикум для вузов / под редакцией Н. Ш. Кремера. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 416 с. — (Высшее образование). — ISBN 978-5-534-05823-9.</w:t>
+        <w:t xml:space="preserve">Высшая математика для экономического бакалавриата в 3 ч. Часть 3 : учебник и практикум для вузов / Н. Ш. Кремер, М. Н. Фридман, Б. А. Путко, И. М. Тришин ; под редакцией Н. Ш. Кремера. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 419 с. — (Высшее образование). — ISBN 978-5-534-05823-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561865</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Исследование операций в экономике : учебник для вузов / под редакцией Н. Ш. Кремера. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 414 с. — (Высшее образование). — ISBN 978-5-534-12800-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -729,51 +729,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587216" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565760" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565761" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584504" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561864" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561865" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582554" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582873" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587220" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583277" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582505" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583632" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584904" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583827" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585336" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589237" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590144" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583826" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585337" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587171" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582582" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583532" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587216" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587217" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587218" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584504" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584505" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584506" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582554" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582873" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587220" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583277" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582505" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583632" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584904" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583827" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585336" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589237" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590144" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583826" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585337" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587171" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582582" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583532" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>