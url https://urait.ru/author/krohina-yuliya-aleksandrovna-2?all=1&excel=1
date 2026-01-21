--- v0 (2025-12-05)
+++ v1 (2026-01-21)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
-    <t>05.12.2025</t>
+    <t>22.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -648,51 +648,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/byudzhetnoe-pravo-rossii-559629" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/valyutnoe-pravo-559605" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/valyutnoe-regulirovanie-i-valyutnyy-kontrol-562754" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nalogovoe-pravo-559579" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nalogovoe-pravo-562551" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-dlya-ekonomistov-i-menedzherov-560450" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-561242" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/byudzhetnoe-pravo-rossii-582535" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/valyutnoe-pravo-582517" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/valyutnoe-regulirovanie-i-valyutnyy-kontrol-585239" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nalogovoe-pravo-582500" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nalogovoe-pravo-585096" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-dlya-ekonomistov-i-menedzherov-583176" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-584002" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -873,69 +873,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559629</v>
+        <v>582535</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>367</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>1809.0</v>
       </c>
       <c r="M5" s="9">
         <v>1989.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -943,205 +943,205 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.565</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>559605</v>
+        <v>582517</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>482</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>2299.0</v>
       </c>
       <c r="M6" s="9">
         <v>2529.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.704</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>562754</v>
+        <v>585239</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>241</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>1259.0</v>
       </c>
       <c r="M7" s="9">
         <v>1379.0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.412</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>559579</v>
+        <v>582500</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>503</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>2389.0</v>
       </c>
       <c r="M8" s="9">
         <v>2629.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
@@ -1149,69 +1149,69 @@
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.73</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>562551</v>
+        <v>585096</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>503</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
         <v>2389.0</v>
       </c>
       <c r="M9" s="9">
         <v>2629.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
@@ -1219,69 +1219,69 @@
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.73</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>560450</v>
+        <v>583176</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>425</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
         <v>2059.0</v>
       </c>
       <c r="M10" s="9">
         <v>2259.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
@@ -1289,69 +1289,69 @@
         <v>68</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.635</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>561242</v>
+        <v>584002</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>425</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>2059.0</v>
       </c>
       <c r="M11" s="9">
         <v>2259.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>60</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>61</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>