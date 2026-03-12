--- v1 (2026-01-21)
+++ v2 (2026-03-12)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
-    <t>22.01.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -178,81 +178,81 @@
   <si>
     <t>Под ред. Крохиной Ю.А.</t>
   </si>
   <si>
     <t>В учебном курсе рассматриваются теоретические основы валютного права, механизм правового регулирования валютных отношений, правовой статус резидентов и нерезидентов, органов и агентов валютного контроля, правовые основы валютного регулирования в России, правовое регулирование валютных операций, способы противодействия легализации (отмыванию) доходов, полученных преступным путем, ответственность за нарушения валютного законодательства, основные положения международного валютного права. Для студентов юридических образовательных организаций высшего профессионального образования, обучающихся по программе академического бакалавриата по юридическим специальностям и направлениям, а также аспирантов и преподавателей юридических образовательных организаций высшего профессионального образования, практических работников правоохранительных и финансово-кредитных органов.</t>
   </si>
   <si>
     <t>978-5-534-19804-1</t>
   </si>
   <si>
     <t>26.07.2024</t>
   </si>
   <si>
     <t>ВАЛЮТНОЕ РЕГУЛИРОВАНИЕ И ВАЛЮТНЫЙ КОНТРОЛЬ 10-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Дирксен Т. В., Семёнкина Н. А. ; Под ред. Крохиной Ю.А.</t>
   </si>
   <si>
     <t>В курсе рассматриваются правовой статус резидентов и нерезидентов, органов и агентов валютного контроля, правовые основы валютного регулирования в России, правовое регулирование валютных операций, способы противодействия легализации (отмыванию) доходов, полученных преступным путем, ответственность за нарушения валютного законодательства. Для студентов юридических образовательных организаций высшего профессионального образования, обучающихся по программе академического бакалавриата по юридическим специальностям и направлениям, а также аспирантов и преподавателей юридических образовательных организаций высшего профессионального образования, практических работников правоохранительных и финансово-кредитных органов.</t>
   </si>
   <si>
     <t>978-5-534-19811-9</t>
   </si>
   <si>
-    <t>20.05.2021</t>
-[...2 lines deleted...]
-    <t>НАЛОГОВОЕ ПРАВО 10-е изд., пер. и доп. Учебник для вузов</t>
+    <t>21.05.2021</t>
+  </si>
+  <si>
+    <t>НАЛОГОВОЕ ПРАВО 10-е изд., пер. и доп. Учебник для СПО</t>
+  </si>
+  <si>
+    <t>Гриф УМО СПО</t>
+  </si>
+  <si>
+    <t>Профессиональное образование</t>
+  </si>
+  <si>
+    <t>В курсе рассматриваются теоретические основы налогового права, механизм правового регулирования налоговых отношений, налоговый контроль, налогово-правовая ответственность, налоговая обязанность, отдельные виды федеральных, региональных и местных налогов. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по направлениям «Юриспруденция», «Правоохранительная деятельность», а также для преподавателей, практических работников финансовых органов, судов, прокуратуры и иных государственных органов.</t>
+  </si>
+  <si>
+    <t>978-5-534-14986-9</t>
+  </si>
+  <si>
+    <t>67.402я723</t>
+  </si>
+  <si>
+    <t>05.03.2026</t>
+  </si>
+  <si>
+    <t>НАЛОГОВОЕ ПРАВО 11-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе рассматриваются теоретические основы налогового права, механизм правового регулирования налоговых отношений, налоговый контроль, налогово-правовая ответственность, налоговая обязанность, отдельные виды федеральных, региональных и местных налогов. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования и методическим требованиям, предъявляемым к учебным изданиям. Для студентов вузов, обучающихся по направлениям «Юриспруденция», «Правоохранительная деятельность», а также для аспирантов и преподавателей юридических вузов, практических работников финансовых органов, судов, прокуратуры и иных государственных органов.</t>
   </si>
   <si>
-    <t>978-5-534-14742-1</t>
-[...20 lines deleted...]
-    <t>67.402я723</t>
+    <t>978-5-534-21980-7</t>
   </si>
   <si>
     <t>26.06.2019</t>
   </si>
   <si>
     <t>ПРАВО ДЛЯ ЭКОНОМИСТОВ И МЕНЕДЖЕРОВ 2-е изд. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Под общ. ред. Альбова А.П., Николюкина С.В.</t>
   </si>
   <si>
     <t>Правоведение</t>
   </si>
   <si>
     <t>В учебнике рассмотрены основные категории и отрасли права Российской Федерации, социальная ценность системы права как наиболее эффективного способа упорядочения общественных отношений. Издание поможет сформировать у студентов теоретические знания об основных категориях и отраслях права РФ, социальной ценности системы права как наиболее эффективного способа упорядочения общественных отношений; повысит уровень их правосознания; сформирует представления о предмете, субъектах, объектах правоотношений в различных отраслях права, а также в области правового регулирования экономики и менеджмента. Учебник содержит практикум, включающий тестовые задания и кроссворды, которые будут полезны для студентов-бакалавров при проверке своих знаний.</t>
   </si>
   <si>
     <t>978-5-534-16690-3</t>
   </si>
   <si>
     <t>67я73</t>
   </si>
   <si>
     <t>28.04.2020</t>
   </si>
@@ -648,51 +648,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/byudzhetnoe-pravo-rossii-582535" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/valyutnoe-pravo-582517" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/valyutnoe-regulirovanie-i-valyutnyy-kontrol-585239" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nalogovoe-pravo-582500" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nalogovoe-pravo-585096" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-dlya-ekonomistov-i-menedzherov-583176" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-584002" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/byudzhetnoe-pravo-rossii-582535" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/valyutnoe-pravo-582517" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/valyutnoe-regulirovanie-i-valyutnyy-kontrol-585239" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nalogovoe-pravo-585096" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nalogovoe-pravo-599118" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-dlya-ekonomistov-i-menedzherov-583176" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-584002" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -900,54 +900,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>367</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1809.0</v>
+        <v>1929.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1989.0</v>
+        <v>2119.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -970,54 +970,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>482</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2299.0</v>
+        <v>2459.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2529.0</v>
+        <v>2699.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
@@ -1038,262 +1038,262 @@
       <c r="B7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>241</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1259.0</v>
+        <v>1349.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1379.0</v>
+        <v>1479.0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.412</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>582500</v>
+        <v>585096</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>503</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2389.0</v>
+        <v>2559.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2629.0</v>
+        <v>2809.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.73</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>585096</v>
+        <v>599118</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
-        <v>503</v>
+        <v>398</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>2389.0</v>
+        <v>2079.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2629.0</v>
+        <v>2289.0</v>
       </c>
       <c r="N9" s="6" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
-        <v>0.73</v>
+        <v>0.602</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
         <v>583176</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>425</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>2059.0</v>
+        <v>2199.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2259.0</v>
+        <v>2419.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>70</v>
       </c>
@@ -1316,63 +1316,63 @@
       <c r="B11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>425</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>2059.0</v>
+        <v>2199.0</v>
       </c>
       <c r="M11" s="9">
-        <v>2259.0</v>
+        <v>2419.0</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.635</v>