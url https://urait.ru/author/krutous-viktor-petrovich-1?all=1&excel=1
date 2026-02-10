--- v0 (2025-12-25)
+++ v1 (2026-02-10)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>25.12.2025</t>
+    <t>10.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>12.05.2016</t>
   </si>
   <si>
     <t>ПСИХОЛОГИЯ ИСКУССТВА. ЛИЧНОСТНЫЙ ПОДХОД 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Е. Я. Басин,  В. П. Крутоус.</t>
+    <t>Басин Е. Я., Крутоус В. П.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Педагогика, психология, социальная работа</t>
   </si>
   <si>
     <t>Психология. Общие работы</t>
   </si>
   <si>
     <t>В курсе представлена целостная концепция психологии искусства, трактующая ее коренные проблемы с позиций личностного подхода. В курсе соединены обстоятельность научного исследования с установкой на максимальную четкость и доступность изложения, критически осмыслен обширный материал по проблемам психологии искусства, накопленный зарубежными и отечественными учеными на протяжении XVIII—XX вв. Соответствует актуальным требованиям Федерального государственного стандарта высшего образования. Для студентов высших учебных заведений, специализирующихся по философским дисциплинам. Может быть полезен также для контингента творческих вузов, будущих искусствоведов, культурологов и студентов-психологов, изучающих психологию искусства.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-07803-9</t>
   </si>
@@ -549,51 +549,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologiya-iskusstva-lichnostnyy-podhod-557569" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologiya-iskusstva-lichnostnyy-podhod-584159" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -774,81 +774,81 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>557569</v>
+        <v>584159</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>245</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1279.0</v>
+        <v>1369.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1409.0</v>
+        <v>1509.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>