--- v0 (2025-12-25)
+++ v1 (2026-02-09)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
-[...1 lines deleted...]
-    <t>26.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+  <si>
+    <t>09.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -172,71 +172,68 @@
   <si>
     <t>ВОЖАТСКАЯ ДЕЯТЕЛЬНОСТЬ: ПОДГОТОВКА КАДРОВ. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В учебном курсе рассматривается проблема подготовки кадров для организаций отдыха детей и их оздоровления. В первой теме «Вожатская деятельность: современный взгляд» автор анализирует особенности восприятия вожатской деятельности современной молодежью. Во второй теме «Вожатый как гарант качественного отдыха ребенка в лагере» представлен портрет современного вожатого. В третьей главе «Модели образовательной подготовки вожатых» описаны действующие образовательные модели, использование которых дает желаемый результат — качественную подготовку вожатых детских лагерей. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Курс адресован преподавателям, осуществляющим профессиональную подготовку специалистов по работе с детьми, аспирантам, магистрантам, а также специалистам по работе с молодежью и практикам в области детского отдыха и оздоровления.</t>
   </si>
   <si>
     <t>978-5-534-19380-0</t>
   </si>
   <si>
     <t>74.6я723</t>
   </si>
   <si>
     <t>27.03.2025</t>
   </si>
   <si>
     <t>ДОПОЛНИТЕЛЬНОЕ ХУДОЖЕСТВЕННОЕ ОБРАЗОВАНИЕ ДЕТЕЙ. Учебник для вузов</t>
   </si>
   <si>
-    <t>М.П. Кулаченко, Е.В. Алексеенко</t>
+    <t>Кулаченко М. П., Алексеенко Е. В.</t>
   </si>
   <si>
     <t>Художественно эстетическая культура общества выступает мощным ресурсом в воспитании подрастающего поколения, но при условии наличия адекватного и эффективного педагогического инструментария перевода данного общечеловеческого ресурса во внутренний личностный ресурс. Актуальность профессиональной подготовки педагогов дополнительного художественного образования детей связана с необходимостью формирования у них профессиональной компетентности, достаточной для педагогической деятельности в системе основного, дополнительного или предпрофессионального художественного образования. Целью учебного курса является повышение профессионального уровня педагогов и результативности их деятельности в системе дополнительного художественного образования детей. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования.</t>
   </si>
   <si>
     <t>978-5-534-19173-8</t>
   </si>
   <si>
     <t>74я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>ОРГАНИЗАЦИЯ ДЕЯТЕЛЬНОСТИ ПО РЕАЛИЗАЦИИ ПРОГРАММ ДОПОЛНИТЕЛЬНОГО ХУДОЖЕСТВЕННОГО ОБРАЗОВАНИЯ ДЕТЕЙ. Учебник для СПО</t>
   </si>
   <si>
-    <t>Кулаченко М. П., Алексеенко Е. В.</t>
-[...1 lines deleted...]
-  <si>
     <t>978-5-534-19175-2</t>
   </si>
   <si>
     <t>74я723</t>
   </si>
   <si>
     <t>11.02.2025</t>
   </si>
   <si>
     <t>ОСНОВЫ ВОЖАТСКОЙ ДЕЯТЕЛЬНОСТИ 5-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Современный досуг при всем многообразии, свободе выбора его форм и личностных интересов обладает значительной воспитательной ценностью, поэтому особое внимание уделяется подготовке вожатых в учебных заведениях различных типов и общественных организациях. В настоящем курсе рассмотрены основные вопросы подготовки кадров, осуществляющих отдых и оздоровление детей и подростков, способных организовать детский досуг, решать конкретные практические задачи в образовательных организациях. Теоретический материал подробно проиллюстрирован практическими примерами, что представляет ценность при повышении профессиональных качеств вожатых и дает комплексную подготовку к решению задач, стоящих перед педагогом, организующим воспитание ребенка в условиях досуга. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс предназначен студентам высших учебных заведений, обучающихся по педагогическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-21547-2</t>
   </si>
   <si>
     <t>28.08.2024</t>
   </si>
   <si>
     <t>ОСНОВЫ ВОЖАТСКОЙ ДЕЯТЕЛЬНОСТИ. ПРАКТИЧЕСКИЙ КУРС 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Вниманию студентов представлена структура лекционных и практических занятий по дисциплине «Основы вожатской деятельности». Курс рассчитан на 144 академических часа и составлен на основе профессионального стандарта «Специалист, участвующий в организации деятельности детского коллектива (вожатый)». Методический материал структурирован по ключевым темам курса, содержит контрольно-оценочные материалы (кейсы, практические задания и др.), что представляет ценность при повышении профессиональных качеств вожатых и дает комплексную подготовку к решению задач, стоящих перед вожатыми в организациях отдыха детей и их оздоровления. Цель практикума: обеспечение эффективности самостоятельной работы студентов при изучении дисциплины «Основы вожатской деятельности». Это приложение к курсу «Основы вожатской деятельности». Методические материалы печатаются по инициативе НЦ РАО Орловского государственного университета имени И. С. Тургенева. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Предназначено студентам, обучающимся по УГСН 44.00.00 «Образование и педагогические науки», а также преподавателям высших учебных заведений, преподающим дисциплину «Основы вожатской деятельности».</t>
@@ -269,53 +266,50 @@
     <t>Современный досуг при всем многообразии, свободе выбора его форм и личностных интересов обладает значительной воспитательной ценностью, поэтому особое внимание уделяется подготовке вожатых в учебных заведениях различных типов и общественных организациях. В настоящем курсе рассмотрены основные вопросы подготовки кадров, способных организовать детский досуг, решать конкретные практические задачи в образовательных организациях, в том числе осуществляющих отдых и оздоровление детей и подростков. Теоретический материал подробно проиллюстрирован практическими примерами, что представляет ценность при повышении профессиональных качеств вожатых и дает комплексную подготовку к решению задач, стоящих перед педагогом, организующим воспитание ребенка в условиях досуга. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Курс предназначен студентам учебных заведений среднего профессионального образования, обучающимся по гуманитарным направлениям, а также педагогам, вожатым, лицам, занятым в организации досуга детей в каникулярное время.</t>
   </si>
   <si>
     <t>978-5-534-21546-5</t>
   </si>
   <si>
     <t>10.10.2024</t>
   </si>
   <si>
     <t>ПСИХОЛОГИЧЕСКИЕ ОСНОВЫ ВОЖАТСКОЙ ДЕЯТЕЛЬНОСТИ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Организация психолого-педагогического сопровождения летнего отдыха детей и подростков способствует их успешной адаптации к новым условиям жизнедеятельности, обеспечивает полноценное психическое и личностное развитие каждого ребенка. В настоящем курсе рассмотрены основные вопросы подготовки кадров, способных психологически безопасно организовать детский досуг, решать конкретные практические задачи в учреждениях, осуществляющих отдых и оздоровление детей и подростков. Материал, представленный в курсе, дает полное представление о роли и функциях практического психолога лагеря, о работе психологической службы в структуре оздоровительно-образовательной организации для детей и подростков. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по укрупненной группе специальностей 44.00.00 «Образование и педагогические науки», а также педагогов, вожатых, лиц, занятых в организации досуга детей в каникулярное время.</t>
   </si>
   <si>
     <t>978-5-534-19879-9</t>
   </si>
   <si>
     <t>88.6я73</t>
   </si>
   <si>
     <t>07.11.2024</t>
   </si>
   <si>
     <t>ПСИХОЛОГО-ПЕДАГОГИЧЕСКИЕ ОСНОВЫ ОБЩЕНИЯ. Учебное пособие для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> М. П. Кулаченко.</t>
   </si>
   <si>
     <t>Учебный курс «Психолого-педагогические основы общения» включает две темы. В первой теме рассматриваются теоретические предпосылки проблемы общения с позиции философии, психологии и педагогики, дается анализ современного состояния подготовки студентов к педагогическому общению в учебно-воспитательном процессе вуза, показываются возможности педагогической практики в подготовке студентов к педагогическому общению. Во второй теме раскрывается процесс формирования у будущих учителей умений педагогического общения и овладение ими технологией педагогического общения в учебно-воспитательном процессе, также представлено содержание учебных заданий на педагогическую практику.</t>
   </si>
   <si>
     <t>978-5-534-20918-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -681,51 +675,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vozhatskaya-deyatelnost-podgotovka-kadrov-569119" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vozhatskaya-deyatelnost-podgotovka-kadrov-569121" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dopolnitelnoe-hudozhestvennoe-obrazovanie-detey-580577" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-deyatelnosti-po-realizacii-programm-dopolnitelnogo-hudozhestvennogo-obrazovaniya-detey-580578" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-vozhatskoy-deyatelnosti-575743" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-vozhatskoy-deyatelnosti-prakticheskiy-kurs-568201" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskoe-obschenie-566687" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/podgotovka-pedagoga-dopolnitelnogo-obrazovaniya-v-izbrannoy-oblasti-deyatelnosti-vozhatskaya-deyatelnost-575507" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologicheskie-osnovy-vozhatskoy-deyatelnosti-566948" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologo-pedagogicheskie-osnovy-obscheniya-558985" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vozhatskaya-deyatelnost-podgotovka-kadrov-589777" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vozhatskaya-deyatelnost-podgotovka-kadrov-589780" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dopolnitelnoe-hudozhestvennoe-obrazovanie-detey-590318" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-deyatelnosti-po-realizacii-programm-dopolnitelnogo-hudozhestvennogo-obrazovaniya-detey-590325" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-vozhatskoy-deyatelnosti-586555" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-vozhatskoy-deyatelnosti-prakticheskiy-kurs-589000" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskoe-obschenie-587861" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/podgotovka-pedagoga-dopolnitelnogo-obrazovaniya-v-izbrannoy-oblasti-deyatelnosti-vozhatskaya-deyatelnost-587662" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologicheskie-osnovy-vozhatskoy-deyatelnosti-588042" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologo-pedagogicheskie-osnovy-obscheniya-590045" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -906,735 +900,735 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>569119</v>
+        <v>589777</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>189</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>829.0</v>
+        <v>889.0</v>
       </c>
       <c r="M5" s="9">
-        <v>909.0</v>
+        <v>979.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.278</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>569121</v>
+        <v>589780</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>189</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>829.0</v>
+        <v>889.0</v>
       </c>
       <c r="M6" s="9">
-        <v>909.0</v>
+        <v>979.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.278</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>580577</v>
+        <v>590318</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>281</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1429.0</v>
+        <v>1529.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y7" s="8">
         <v>0.46</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>580578</v>
+        <v>590325</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>281</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1429.0</v>
+        <v>1529.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y8" s="8">
         <v>0.46</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>575743</v>
+        <v>586555</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>561</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>2639.0</v>
+        <v>2829.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2899.0</v>
+        <v>3109.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y9" s="8">
         <v>0.8</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>568201</v>
+        <v>589000</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>295</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1199.0</v>
+        <v>1279.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1319.0</v>
+        <v>1409.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y10" s="8">
         <v>0.477</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>566687</v>
+        <v>587861</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>152</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>699.0</v>
+        <v>749.0</v>
       </c>
       <c r="M11" s="9">
-        <v>769.0</v>
+        <v>819.0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="S11" s="6" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.242</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>575507</v>
+        <v>587662</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>561</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>2639.0</v>
+        <v>2829.0</v>
       </c>
       <c r="M12" s="9">
-        <v>2899.0</v>
+        <v>3109.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y12" s="8">
         <v>0.8</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>566948</v>
+        <v>588042</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>201</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1089.0</v>
+        <v>1159.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1199.0</v>
+        <v>1269.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y13" s="8">
         <v>0.364</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>558985</v>
+        <v>590045</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>85</v>
+        <v>33</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>152</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>699.0</v>
+        <v>749.0</v>
       </c>
       <c r="M14" s="9">
-        <v>769.0</v>
+        <v>819.0</v>
       </c>
       <c r="N14" s="6"/>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.242</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>