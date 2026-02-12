--- v0 (2025-12-25)
+++ v1 (2026-02-12)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+  <si>
+    <t>12.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -220,99 +220,93 @@
   <si>
     <t>978-5-534-07537-3</t>
   </si>
   <si>
     <t>36.81-5я73</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
   <si>
     <t>29.10.2018</t>
   </si>
   <si>
     <t>ОБОРУДОВАНИЕ И АВТОМАТИЗАЦИЯ ПЕРЕРАБАТЫВАЮЩИХ ПРОИЗВОДСТВ. ПРАКТИКУМ 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В учебном пособии рассматриваются основные методы расчета оборудования, использующегося в переработке сельскохозяйственной продукции. Авторы приводят расчеты оборудования для подготовки сельскохозяйственной продукции и полуфабрикатов к основным производственным операциям; для дробления и измельчения зерна; для механической переработки сырья разделением и соединением; для прессования сырья и продуктов и т.д. Кроме того, даются основы автоматизации технологических процессов.</t>
   </si>
   <si>
     <t>978-5-534-10397-7</t>
   </si>
   <si>
     <t>36.81-5я723</t>
   </si>
   <si>
-    <t>ОБОРУДОВАНИЕ ПЕРЕРАБАТЫВАЮЩИХ ПРОИЗВОДСТВ. РАСТИТЕЛЬНОЕ СЫРЬЕ 2-е изд., испр. и доп. Учебник для академического бакалавриата</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> А. А. Курочкин,  Г. В. Шабурова,  С. В. Байкин,  О. Н. Кухарев ; под общей редакцией А. А. Курочкина.</t>
+    <t>ОБОРУДОВАНИЕ ПЕРЕРАБАТЫВАЮЩИХ ПРОИЗВОДСТВ. РАСТИТЕЛЬНОЕ СЫРЬЕ 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В учебнике описаны современные машины, аппараты и технологические линии, применяемые в России и за рубежом для подготовки, переработки и получения готовой продукции из пищевого сырья растительного происхождения. В нем изложены основы рабочих процессов, принцип действия, устройство, а также основные технические данные оборудования для переработки растительного сырья. Книга дополнена тестовыми заданиями, которые помогут студентам освоить материалы учебника.</t>
   </si>
   <si>
     <t>978-5-534-07630-1</t>
   </si>
   <si>
     <t>28.12.2024</t>
   </si>
   <si>
     <t>ПРОИЗВОДСТВО МОЛОЧНЫХ ПРОДУКТОВ: ОБОРУДОВАНИЕ 2-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. А. Курочкин.</t>
+    <t>Курочкин А. А.</t>
   </si>
   <si>
     <t>В курсе подробно рассматривается современное технологическое оборудование для подготовки и переработки продукции животноводства, изложены основы рабочих процессов, принцип действия, устройство и технические данные машин и аппаратов для переработки сырья животного происхождения. Описание основных видов оборудования сопровождается технологическими расчетами. Подробно рассмотрено оборудование, обеспечивающее изготовление молочных продуктов. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов среднего профессионального образования, обучающихся по аграрным и инженерно-техническим специальностям.</t>
   </si>
   <si>
     <t>978-5-534-21385-0</t>
   </si>
   <si>
     <t>36.95я723</t>
   </si>
   <si>
     <t>14.03.2018</t>
   </si>
   <si>
     <t>ТЕХНОЛОГИЧЕСКОЕ ОБОРУДОВАНИЕ ДЛЯ ПЕРЕРАБОТКИ ПРОДУКЦИИ ЖИВОТНОВОДСТВА 2-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В курсе подробно рассматривается современное технологическое оборудование для подготовки и переработки продукции животноводства, изложены основы рабочих процессов, принцип действия, устройство и технические данные машин и аппаратов для переработки сырья животного происхождения. Описание основных видов оборудования сопровождается технологическими расчетами. Подробно рассмотрено оборудование, обеспечивающее изготовление молочных и мясных продуктов.</t>
   </si>
   <si>
     <t>978-5-534-20684-5</t>
   </si>
   <si>
     <t>36.95я73</t>
   </si>
   <si>
     <t>ТЕХНОЛОГИЧЕСКОЕ ОБОРУДОВАНИЕ ДЛЯ ПЕРЕРАБОТКИ ПРОДУКЦИИ ЖИВОТНОВОДСТВА 2-е изд., пер. и доп. Учебник и практикум для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t>Курочкин А. А.</t>
   </si>
   <si>
     <t>978-5-534-20685-2</t>
   </si>
   <si>
     <t>21.02.2025</t>
   </si>
   <si>
     <t>ТЕХНОЛОГИЧЕСКОЕ ОБОРУДОВАНИЕ ЗЕРНОПЕРЕРАБАТЫВАЮЩИХ ПРОИЗВОДСТВ 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Курочкин А. А., Байкин С. В., Кухарев О. Н. ; Под общ. ред. Курочкина А.А.</t>
   </si>
   <si>
     <t>В курсе описаны современные машины, аппараты и технологические линии, применяемые в России и за рубежом для подготовки, переработки и получения готовой продукции из зерна. В нем изложены основы рабочих процессов, принцип действия, устройство, а также основные технические данные оборудования для переработки зерна. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по аграрным и инженерно-техническим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-21389-8</t>
   </si>
   <si>
     <t>ТЕХНОЛОГИЧЕСКОЕ ОБОРУДОВАНИЕ МОЛОЧНОЙ ОТРАСЛИ 2-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В курсе подробно рассматривается современное технологическое оборудование для подготовки и переработки продукции животноводства, изложены основы рабочих процессов, принцип действия, устройство и технические данные машин и аппаратов для переработки сырья животного происхождения. Описание основных видов оборудования сопровождается технологическими расчетами. Подробно рассмотрено оборудование, обеспечивающее изготовление молочных продуктов. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по аграрным и инженерно-техническим направлениям.</t>
   </si>
@@ -732,51 +726,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mashiny-i-oborudovanie-v-selskom-hozyaystve-rastitelnoe-syre-556127" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/oborudovanie-i-avtomatizaciya-pererabatyvayuschih-proizvodstv-566160" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/oborudovanie-i-avtomatizaciya-pererabatyvayuschih-proizvodstv-566162" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/oborudovanie-i-avtomatizaciya-pererabatyvayuschih-proizvodstv-praktikum-562417" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/oborudovanie-i-avtomatizaciya-pererabatyvayuschih-proizvodstv-praktikum-565866" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/oborudovanie-pererabatyvayuschih-proizvodstv-rastitelnoe-syre-556124" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proizvodstvo-molochnyh-produktov-oborudovanie-569870" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-dlya-pererabotki-produkcii-zhivotnovodstva-558583" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-dlya-pererabotki-produkcii-zhivotnovodstva-558584" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-zernopererabatyvayuschih-proizvodstv-569874" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-molochnoy-otrasli-569873" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-myasnoy-otrasli-569871" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologiya-myasa-i-myasnyh-produktov-oborudovanie-569872" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologiya-hraneniya-zerna-i-semyan-oborudovanie-569875" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mashiny-i-oborudovanie-v-selskom-hozyaystve-rastitelnoe-syre-585183" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/oborudovanie-i-avtomatizaciya-pererabatyvayuschih-proizvodstv-587512" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/oborudovanie-i-avtomatizaciya-pererabatyvayuschih-proizvodstv-587514" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/oborudovanie-i-avtomatizaciya-pererabatyvayuschih-proizvodstv-praktikum-584961" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/oborudovanie-i-avtomatizaciya-pererabatyvayuschih-proizvodstv-praktikum-587306" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/oborudovanie-pererabatyvayuschih-proizvodstv-rastitelnoe-syre-585158" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proizvodstvo-molochnyh-produktov-oborudovanie-590219" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-dlya-pererabotki-produkcii-zhivotnovodstva-589973" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-dlya-pererabotki-produkcii-zhivotnovodstva-589974" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-zernopererabatyvayuschih-proizvodstv-590222" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-molochnoy-otrasli-590218" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-myasnoy-otrasli-590220" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologiya-myasa-i-myasnyh-produktov-oborudovanie-590221" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologiya-hraneniya-zerna-i-semyan-oborudovanie-590223" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -957,1015 +951,1015 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>556127</v>
+        <v>585183</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>420</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1629.0</v>
+        <v>1739.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1789.0</v>
+        <v>1909.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.629</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>566160</v>
+        <v>587512</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>586</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2199.0</v>
+        <v>2359.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2419.0</v>
+        <v>2589.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.83</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>566162</v>
+        <v>587514</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>586</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2199.0</v>
+        <v>2359.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2419.0</v>
+        <v>2589.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.83</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>562417</v>
+        <v>584961</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>185</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>659.0</v>
+        <v>699.0</v>
       </c>
       <c r="M8" s="9">
-        <v>719.0</v>
+        <v>769.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Y8" s="8">
         <v>0.274</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>565866</v>
+        <v>587306</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>185</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>659.0</v>
+        <v>699.0</v>
       </c>
       <c r="M9" s="9">
-        <v>719.0</v>
+        <v>769.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Y9" s="8">
         <v>0.274</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>556124</v>
+        <v>585158</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>420</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1629.0</v>
+        <v>1739.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1789.0</v>
+        <v>1909.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.629</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>569870</v>
+        <v>590219</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>251</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1139.0</v>
+        <v>1229.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.424</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>558583</v>
+        <v>589973</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>471</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1799.0</v>
+        <v>1929.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1979.0</v>
+        <v>2119.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.691</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>558584</v>
+        <v>589974</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>471</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1799.0</v>
+        <v>1929.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1979.0</v>
+        <v>2119.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.691</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>569874</v>
+        <v>590222</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>299</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1209.0</v>
+        <v>1289.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1329.0</v>
+        <v>1419.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.482</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>569873</v>
+        <v>590218</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>251</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="M15" s="9">
-        <v>1139.0</v>
+        <v>1229.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
         <v>0.424</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>569871</v>
+        <v>590220</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>225</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>949.0</v>
+        <v>1019.0</v>
       </c>
       <c r="M16" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y16" s="8">
         <v>0.393</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>569872</v>
+        <v>590221</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>225</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>949.0</v>
+        <v>1019.0</v>
       </c>
       <c r="M17" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
         <v>0.393</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>569875</v>
+        <v>590223</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>299</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="9">
-        <v>1209.0</v>
+        <v>1289.0</v>
       </c>
       <c r="M18" s="9">
-        <v>1329.0</v>
+        <v>1419.0</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y18" s="8">
         <v>0.482</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>