--- v0 (2025-12-25)
+++ v1 (2026-02-12)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+  <si>
+    <t>12.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -149,53 +149,50 @@
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Технические науки</t>
   </si>
   <si>
     <t>Пищевая промышленность и общественное питание</t>
   </si>
   <si>
     <t>В курсе подробно рассматривается современное технологическое оборудование для подготовки и переработки продукции животноводства, изложены основы рабочих процессов, принцип действия, устройство и технические данные машин и аппаратов для переработки сырья животного происхождения. Описание основных видов оборудования сопровождается технологическими расчетами. Подробно рассмотрено оборудование, обеспечивающее изготовление молочных продуктов. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по аграрным и инженерно-техническим направлениям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-21386-7</t>
   </si>
   <si>
     <t>36.95я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>ТЕХНОЛОГИЧЕСКОЕ ОБОРУДОВАНИЕ МЯСНОЙ ОТРАСЛИ 2-е изд., пер. и доп. Учебник и практикум для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> А. А. Курочкин.</t>
   </si>
   <si>
     <t>В курсе подробно рассматривается современное технологическое оборудование для подготовки и переработки продукции животноводства, изложены основы рабочих процессов, принцип действия, устройство и технические данные машин и аппаратов для переработки сырья животного происхождения. Описание основных видов оборудования сопровождается технологическими расчетами. Подробно рассмотрено оборудование, обеспечивающее изготовление мясных продуктов. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по аграрным и инженерно-техническим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-21387-4</t>
   </si>
   <si>
     <t>36.92я73</t>
   </si>
   <si>
     <t>ТЕХНОЛОГИЯ МЯСА И МЯСНЫХ ПРОДУКТОВ: ОБОРУДОВАНИЕ 2-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В курсе подробно рассматривается современное технологическое оборудование для подготовки и переработки продукции животноводства, изложены основы рабочих процессов, принцип действия, устройство и технические данные машин и аппаратов для переработки сырья животного происхождения. Описание основных видов оборудования сопровождается технологическими расчетами. Подробно рассмотрено оборудование, обеспечивающее изготовление мясных продуктов. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов среднего профессионального образования, обучающихся по аграрным и инженерно-техническим специальностям.</t>
   </si>
   <si>
     <t>978-5-534-21388-1</t>
   </si>
@@ -600,51 +597,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-molochnoy-otrasli-569873" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-myasnoy-otrasli-569871" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologiya-myasa-i-myasnyh-produktov-oborudovanie-569872" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologiya-hraneniya-zerna-i-semyan-oborudovanie-569875" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-molochnoy-otrasli-590218" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologicheskoe-oborudovanie-myasnoy-otrasli-590220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologiya-myasa-i-myasnyh-produktov-oborudovanie-590221" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologiya-hraneniya-zerna-i-semyan-oborudovanie-590223" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -825,319 +822,319 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>569873</v>
+        <v>590218</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>251</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1139.0</v>
+        <v>1229.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.424</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>569871</v>
+        <v>590220</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>225</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>949.0</v>
+        <v>1019.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.393</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>569872</v>
+        <v>590221</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>225</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>949.0</v>
+        <v>1019.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.393</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>569875</v>
+        <v>590223</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" s="6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>299</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1209.0</v>
+        <v>1289.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1329.0</v>
+        <v>1419.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.482</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">