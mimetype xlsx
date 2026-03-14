--- v0 (2025-12-15)
+++ v1 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
-[...1 lines deleted...]
-    <t>15.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -154,89 +154,110 @@
   <si>
     <t>Мировая экономика и внешнеэкономическая деятельность</t>
   </si>
   <si>
     <t>Курс «Конъюнктура мировых товарных рынков» направлен на формирование у учащихся знаний и современных компетенций, связанных с будущей практической работой в области внешнеэкономических связей. Владение навыками анализа конъюнктуры мировых рынков служит обоснованием коммерческих решений: определение рынка или сегмента рынка, выявление наиболее благоприятного момента выхода на рынок; формирование коммерческих условий поставки или закупки, включая цену и условия платежа. С государственной точки зрения изучение конъюнктуры необходимо при прогнозировании внешних условий экономического роста, подготовке стратегий и программ развития, составлении планов и дорожных карт. В курсе представлен краткий обзор международной торговли, развивающейся в настоящее время в условиях глобальной неопределенности и доминирования геополитических угроз, дан анализ состояния основных товарных рынков (нефти, газа, металлов, сельскохозяйственных продуктов, продукции машиностроения и др.), представлен прогноз возможного их развития. Отдельное внимание уделено положению России на мировых товарных рынках. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по экономическим и социально-экономическим направлениям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-16805-1</t>
   </si>
   <si>
     <t>65.5я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>20.12.2024</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНАЯ КОНКУРЕНТОСПОСОБНОСТЬ СТРАН. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t>Г.В. Кузнецова, Е.И. Герман; под общей редакцией Г.В. Кузнецовой.</t>
+    <t>Кузнецова Г. В., Герман Е. И. ; Под общ. ред. Кузнецовой Г.В.</t>
   </si>
   <si>
     <t>Менеджмент</t>
   </si>
   <si>
     <t>В курсе рассматриваются вопросы, связанные с международной конкуренцией стран мира. Авторы постарались оценить место конкурентной борьбы стран в современных международных экономических отношениях и ответить на непростой вопрос за счет каких факторов одни страны становятся более богатыми и выигрывают в международной конкурентной борьбе, а другие проигрывают и беднеют. В курсе рассмотрены основные научные подходы к определению конкурентоспособности и факторов ее формирования. Материалы основаны на данных статистики, аналитических публикаций международных и отечественных институтов, работах российских и зарубежных авторов. Соответствует требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по экономическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-21289-1</t>
   </si>
   <si>
+    <t>10.01.2026</t>
+  </si>
+  <si>
+    <t>Международная миграция. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Кузнецова Г. В., Подбиралина Г. В.</t>
+  </si>
+  <si>
+    <t>Общественные науки</t>
+  </si>
+  <si>
+    <t>Специальные социологические дисциплины</t>
+  </si>
+  <si>
+    <t>В курсе рассматриваются вопросы международной миграции населения в свете современных демографических тенденций и геополитических событий последних лет. Отражены основные научные подходы к анализу международной миграции, анализируются факторы влияния на современные миграционные процессы. Материалы курса основаны на данных статистики, аналитических публикаций международных и отечественных институтов, работах российских и зарубежных авторов. Цифровой курс на платформе Юрайт включает интерактивные тесты и аналитические задания, нацеленные на формирование комплексного представления о современных миграционных процессах. Для студентов, аспирантов, преподавателей вузов экономического профиля, а также специалистов практиков в области внешнеэкономической деятельности.</t>
+  </si>
+  <si>
+    <t>978-5-534-20654-8</t>
+  </si>
+  <si>
+    <t>60.7я73</t>
+  </si>
+  <si>
     <t>20.10.2017</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНАЯ ТОРГОВЛЯ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Под общ. ред. Хасбулатова Р. И.</t>
   </si>
   <si>
     <t>В издании рассмотрен широкий круг теоретических вопросов дисциплины, показана эволюция и современное состояние международной торговли, механизмы ее регулирования, основные факторы, влияющие на динамику мирового движения товаров, услуг и интеллектуальной собственности. Учебник ликвидирует многие пробелы в изучении теории и практики международной торговли. Издание содержит практические задания, чтобы студенты не только освоили конкретные ситуации и фактический материал во всей его обширности и полноте, но и выработали навыки и способности к самостоятельному анализу, изучению и исследованию предмета.</t>
   </si>
   <si>
     <t>978-5-534-05486-6</t>
   </si>
   <si>
     <t>65.428я73</t>
   </si>
   <si>
     <t>04.09.2024</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНАЯ ТОРГОВЛЯ ТОВАРАМИ И УСЛУГАМИ 4-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t>Кузнецова Г. В., Подбиралина Г. В.</t>
-[...1 lines deleted...]
-  <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>В курсе рассматриваются современные тенденции в сфере международной торговли товарами, услугами и результатами интеллектуальной деятельности. Анализируются новые, связанные с четвертой промышленной революцией, цифровизацией и климатической повесткой дня изменения в структуре и географии торговых связей развитых и развивающихся стран, новые риски, вызванные геополитической напряженностью, торговыми войнами, общей неопределенностью, ростом влияния цифровых транснациональных корпораций, изменения в ходе региональных интеграционных процессов. Особое внимание уделяется состоянию и возможным перспективам развития внешней торговли России, в том числе в условиях современного кризиса, а также в контексте ее членства в ВТО и участия в интеграционных проектах СНГ, ЕАЭС, АТЭС, ШОС, БРИКС. Рассмотрен комплекс средств международного и национального регулирования внешнеэкономической деятельности, в том числе регламенты ВТО. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов и преподавателей высших учебных заведений экономического профиля, а также практикующих специалистов в области внешнеэкономической деятельности.</t>
   </si>
   <si>
     <t>978-5-534-18673-4</t>
   </si>
   <si>
     <t>30.08.2019</t>
   </si>
   <si>
     <t>МИРОВАЯ ЭКОНОМИКА в 2 ч. Часть 1. 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Хасбулатова Р. И.</t>
   </si>
   <si>
     <t>В учебнике, состоящем из двух частей, рассмотрены основные вопросы современной мировой экономики. Большое внимание уделено теории и методологии мировой экономики, ее исторической эволюции и особенностям в современный период; представлен категориальный аппарат теории. Раскрыты сложные вопросы и понятия, связанные с глобальным кризисом 2008—2010 гг., дан анализ предыдущих мировых экономических кризисов, механизма движения цикла в межкризисные периоды, современных теорий мировой экономики. Исследованы такие ключевые вопросы, как международное движение капитала, прямые иностранные инвестиции и деятельность ТНК и ТНБ, в том числе в сфере формирования международного промышленного производства, в сельском хозяйстве, области услуг и передовых технологий. Центральное место отведено анализу экономик развитых стран мира, воздействия на них внешних факторов. Приведены данные по формированию новых тенденций в мировом экономическом развитии, участию России в мировых хозяйственных процессах. Показаны новейшие проявления протекционизма, инициированные США, в том числе в форме санкций. Содержание учебника соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов бакалавриата и специалитета, аспирантов, преподавателей, научных сотрудников, деловых людей, а также всех тех, кто интересуется проблемами мировой экономики и международных экономических отношений.</t>
   </si>
   <si>
     <t>978-5-534-11204-7, 978-5-534-11205-4</t>
   </si>
   <si>
     <t>МИРОВАЯ ЭКОНОМИКА в 2 ч. Часть 2. 2-е изд., пер. и доп. Учебник для вузов</t>
@@ -260,53 +281,50 @@
     <t>28.08.2023</t>
   </si>
   <si>
     <t>РОССИЯ В СИСТЕМЕ МЕЖДУНАРОДНЫХ ЭКОНОМИЧЕСКИХ ОТНОШЕНИЙ 3-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В курсе рассматривается современное положение России в системе международных экономических отношений, выявляются внешние и внутренние факторы влияния на различные аспекты экономической и социальной жизни, анализируются возможные пути преодоления накопившихся проблем. Материалы курса основаны на данных официальных статистических и аналитических публикаций международных и отечественных институтов, экспертных оценках. Аналитический материал сопровождается практикумом, содержащим вопросы и задания для самостоятельной проработки и самоконтроля, кратким списком рекомендуемой литературы. Соответствует актуальным требованиям федерального государственного стандарта среднего профессионального образования Для студентов и преподавателей образовательных учреждений среднего профессионального образования</t>
   </si>
   <si>
     <t>978-5-534-17426-7</t>
   </si>
   <si>
     <t>65.5я723</t>
   </si>
   <si>
     <t>26.12.2017</t>
   </si>
   <si>
     <t>ЭКОНОМИЧЕСКАЯ ДИПЛОМАТИЯ В 2 Ч. ЧАСТЬ 1. Учебник и практикум для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Общественные науки</t>
   </si>
   <si>
     <t>Мировая политика и международные отношения</t>
   </si>
   <si>
     <t>Экономическая дипломатия — это новая дисциплина, формирующаяся на стыке международных политических, экономических и правовых наук и пока слабо представленная в учебных планах отечественных вузов и научной литературе. Между тем на современном этапе развития мировой экономики, в условиях глобализации мирохозяйственных связей, экономическая дипломатия наращивает свое участие в формировании нового типа международных экономических отношений, способствует решению важных политических задач государства. В учебнике обобщены и систематизированы взгляды классиков на теорию и практику дипломатии как науки, рассмотрены современные тенденции ее развития и насущные задачи, решаемые в рамках экономической дипломатии. На его страницах нашли отражение вопросы экономической дипломатии ведущих государств мира. Особое внимание уделено противоречивой и зачастую импульсивной экономической политике России. Авторы ставили перед собой задачу донести до каждого, кто раскроет эту книгу, мысль о том, что знание предмета, понимание сути применяемых инструментов, искусное владение ими при решении практических задач, в том числе и в бизнесе, сегодня все более актуальны и востребованы. Настоящий учебник призван помочь в этом научным работникам, преподавателям, студентам и аспирантам, изучающим мировую экономику, международные экономические отношения, международное право. Написанный доступным языком, снабженный примерами из истории и современной жизни, он будет интересен и широкому кругу читателей.</t>
   </si>
   <si>
     <t>978-5-534-05293-0, 978-5-534-05295-4</t>
   </si>
   <si>
     <t>ЭКОНОМИЧЕСКАЯ ДИПЛОМАТИЯ. ПРАКТИКА МЕЖДУНАРОДНЫХ ОРГАНИЗАЦИЙ И ОТДЕЛЬНЫХ СТРАН. Учебник для вузов</t>
   </si>
   <si>
     <t>В учебнике обобщены и систематизированы взгляды классиков на теорию и практику дипломатии как науки, рассмотрены современные тенденции ее развития и насущные задачи, решаемые в рамках экономической дипломатии. На его страницах нашли отражение вопросы экономической дипломатии ведущих государств мира. Особое внимание уделено противоречивой и зачастую импульсивной экономической политике России. Авторы ставили перед собой задачу донести до каждого, кто раскроет эту книгу, мысль о том, что знание предмета, понимание сути применяемых инструментов, искусное владение ими при решении практических задач, в том числе и в бизнесе, сегодня все более актуальны и востребованы. Настоящий учебник призван помочь в этом научным работникам, преподавателям, студентам и аспирантам, изучающим мировую экономику, международные экономические отношения, международное право. Написанный доступным языком, снабженный примерами из истории и современной жизни, он будет интересен и широкому кругу читателей.</t>
   </si>
   <si>
     <t>978-5-534-05294-7</t>
   </si>
   <si>
     <t>ЭКОНОМИЧЕСКИЙ ПОТЕНЦИАЛ РОССИИ. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В курсе рассматривается экономический и человеческий потенциал России, ее вклад в мировой потенциал, выявляются современные тенденции в использовании экономических ресурсов, анализируются макроэкономические аспекты развития национальной экономики. Материалы курса основаны на данных официальных статистических и аналитических публикаций международных и отечественных институтов, экспертных оценках. Аналитический материал сопровождается практикумом, содержащим вопросы и задания для самостоятельной проработки и самоконтроля, списком рекомендуемой литературы. Соответствует актуальным требованиям федерального государственного стандарта высшего профессионального образования. Для студентов, аспирантов, преподавателей вузов экономического профиля.</t>
   </si>
@@ -696,59 +714,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konyunktura-mirovyh-tovarnyh-rynkov-565355" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnaya-konkurentosposobnost-stran-569566" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnaya-torgovlya-560372" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnaya-torgovlya-tovarami-i-uslugami-567512" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mirovaya-ekonomika-v-2-ch-chast-1-566147" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mirovaya-ekonomika-v-2-ch-chast-2-566148" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rossiya-v-sisteme-mezhdunarodnyh-ekonomicheskih-otnosheniy-560620" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rossiya-v-sisteme-mezhdunarodnyh-ekonomicheskih-otnosheniy-568675" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-diplomatiya-v-2-ch-chast-1-539677" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-diplomatiya-praktika-mezhdunarodnyh-organizaciy-i-otdelnyh-stran-556788" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskiy-potencial-rossii-568674" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konyunktura-mirovyh-tovarnyh-rynkov-586963" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnaya-konkurentosposobnost-stran-590147" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnaya-migraciya-582418" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnaya-torgovlya-583098" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnaya-torgovlya-tovarami-i-uslugami-588367" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mirovaya-ekonomika-v-2-ch-chast-1-566147" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mirovaya-ekonomika-v-2-ch-chast-2-566148" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rossiya-v-sisteme-mezhdunarodnyh-ekonomicheskih-otnosheniy-583472" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rossiya-v-sisteme-mezhdunarodnyh-ekonomicheskih-otnosheniy-589407" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-diplomatiya-v-2-ch-chast-1-585826" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-diplomatiya-praktika-mezhdunarodnyh-organizaciy-i-otdelnyh-stran-586170" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskiy-potencial-rossii-589406" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z15"/>
+  <dimension ref="A1:Z16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -807,51 +825,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -921,836 +939,907 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>565355</v>
+        <v>586963</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>266</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1369.0</v>
+        <v>1469.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1509.0</v>
+        <v>1619.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.442</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>569566</v>
+        <v>590147</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>285</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1449.0</v>
+        <v>1549.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1589.0</v>
+        <v>1699.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.465</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>560372</v>
+        <v>582418</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
-        <v>405</v>
+        <v>294</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1969.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2169.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
-        <v>0.611</v>
+        <v>0.476</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>567512</v>
+        <v>583098</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
-        <v>792</v>
+        <v>405</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>3209.0</v>
+        <v>2109.0</v>
       </c>
       <c r="M8" s="9">
-        <v>3529.0</v>
+        <v>2319.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
-        <v>0.969</v>
+        <v>0.611</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>566147</v>
+        <v>588367</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
-        <v>689</v>
+        <v>792</v>
       </c>
       <c r="K9" s="6" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="L9" s="9">
-        <v>2819.0</v>
+        <v>3439.0</v>
       </c>
       <c r="M9" s="9">
-        <v>3099.0</v>
+        <v>3779.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
-        <v>0.846</v>
+        <v>0.969</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>566148</v>
+        <v>566147</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2025</v>
       </c>
       <c r="J10" s="8">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="K10" s="6" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="L10" s="9">
-        <v>2819.0</v>
+        <v>3009.0</v>
       </c>
       <c r="M10" s="9">
-        <v>3099.0</v>
+        <v>3309.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
-        <v>0.848</v>
+        <v>0.846</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>560620</v>
+        <v>566148</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2025</v>
       </c>
       <c r="J11" s="8">
-        <v>541</v>
+        <v>691</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="L11" s="9">
-        <v>2559.0</v>
+        <v>3019.0</v>
       </c>
       <c r="M11" s="9">
-        <v>2809.0</v>
+        <v>3319.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
-        <v>0.775</v>
+        <v>0.848</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>568675</v>
+        <v>583472</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>541</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>2559.0</v>
+        <v>2739.0</v>
       </c>
       <c r="M12" s="9">
-        <v>2809.0</v>
+        <v>3009.0</v>
       </c>
       <c r="N12" s="6" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
-        <v>76</v>
+        <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>79</v>
+        <v>42</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.775</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>539677</v>
+        <v>589407</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
-        <v>282</v>
+        <v>541</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1439.0</v>
+        <v>2739.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1579.0</v>
+        <v>3009.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="Q13" s="6" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>84</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>85</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
-        <v>0.462</v>
+        <v>0.775</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>556788</v>
+        <v>585826</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
-        <v>250</v>
+        <v>282</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1299.0</v>
+        <v>1539.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1429.0</v>
+        <v>1689.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
-        <v>0.423</v>
+        <v>0.462</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>568674</v>
+        <v>586170</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
-        <v>156</v>
+        <v>250</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>889.0</v>
+        <v>1389.0</v>
       </c>
       <c r="M15" s="9">
-        <v>979.0</v>
+        <v>1529.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>38</v>
+        <v>89</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
-        <v>92</v>
+        <v>42</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
+        <v>0.423</v>
+      </c>
+      <c r="Z15" s="6"/>
+    </row>
+    <row r="16" spans="1:26">
+      <c r="A16" s="8">
+        <v>589406</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" s="6"/>
+      <c r="G16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H16" s="6"/>
+      <c r="I16" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J16" s="8">
+        <v>156</v>
+      </c>
+      <c r="K16" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" s="9">
+        <v>959.0</v>
+      </c>
+      <c r="M16" s="9">
+        <v>1049.0</v>
+      </c>
+      <c r="N16" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O16" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P16" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q16" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R16" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S16" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="T16" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U16" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="V16" s="6"/>
+      <c r="W16" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="X16" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y16" s="8">
         <v>0.309</v>
       </c>
-      <c r="Z15" s="6"/>
+      <c r="Z16" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="G14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="G15" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="G16" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>