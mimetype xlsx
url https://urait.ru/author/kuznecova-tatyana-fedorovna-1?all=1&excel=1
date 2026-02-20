--- v0 (2025-12-15)
+++ v1 (2026-02-20)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>16.12.2025</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>25.12.2018</t>
   </si>
   <si>
     <t>ИСТОРИЯ АМЕРИКАНСКОЙ КУЛЬТУРЫ. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Т. Ф. Кузнецова,  А. И. Уткин.</t>
+    <t>Кузнецова Т. Ф., Уткин А. И.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Гуманитарные науки</t>
   </si>
   <si>
     <t>Культура. Культурология</t>
   </si>
   <si>
     <t>В курсе представлена культурная картина американского мира в ее единстве и многообразии. Американская культура демонстрирует тесную связь с историей США, развитием всех аспектов американской жизни, поэтому культура здесь рассматривается не как отдельная сфера, а как неотъемлемая основа жизни общества. При составлении курса авторы исходили из наиболее интересного для русского читателя материала, который бы раскрыл культуру США не как «чужую» для него. Обширный иллюстративный материал поможет студентам лучше усвоить содержание курса.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-07952-4</t>
   </si>
@@ -549,51 +549,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-amerikanskoy-kultury-557040" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-amerikanskoy-kultury-586485" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -774,81 +774,81 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>557040</v>
+        <v>586485</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>385</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1879.0</v>
+        <v>2019.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2069.0</v>
+        <v>2219.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>