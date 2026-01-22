--- v0 (2025-12-05)
+++ v1 (2026-01-22)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
-[...1 lines deleted...]
-    <t>05.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+  <si>
+    <t>22.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -154,51 +154,51 @@
   <si>
     <t>Клиническая медицина.  Эпидемиология, инфекционные болезни</t>
   </si>
   <si>
     <t>Клинический анализ крови — наиболее часто назначаемый лабораторный анализ, улавливающий различные количественные и качественные нарушения клеток крови. Оценка общего анализа крови в сочетании с клинической картиной позволяет врачу любой специальности правильно установить диагноз и верно определить тактику ведения пациента. Интерпретацией результатов лабораторных, в том числе гематологических исследований, занимается любой клиницист. В предлагаемом курсе рассмотрены основные заболевания, связанные с гематологическими нарушениями, механизмы их развития и терапии, представлены характерные изменения в составе крови. На примере ситуационных задач показано практическое применение анализа гематологических и клинических данных при различных патологиях. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-17990-3</t>
   </si>
   <si>
     <t>54.11я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>01.06.2023</t>
   </si>
   <si>
     <t>КЛИНИКО-ПАТОФИЗИОЛОГИЧЕСКИЕ АСПЕКТЫ ДЫХАТЕЛЬНОЙ НЕДОСТАТОЧНОСТИ. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. Т. Долгих [и др.] ; под редакцией В. Т. Долгих, В. В. Мороза, А. Н. Кузовлева.</t>
+    <t>Под ред. Долгих В.Т., Мороза В.В., Кузовлева А.Н.</t>
   </si>
   <si>
     <t>Курс знакомит с содержанием патологических процессов и заболеваний органов дыхания, приводящих к дыхательной недостаточности. Описаны методы диагностики заболеваний дыхательной системы, их этиология и особенности патогенеза, а также принципы и способы лечения. Отдельно рассмотрены нарушения дыхания у детей, а также пневмония, вызванная новой коронавирусной инфекцией COVID-19. Кроме того, курс включает клинико-патофизиологические ситуационные задачи, направленные на формирование у будущих врачей рационального мышления и умения принимать обоснованное врачебное решение. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-16864-8</t>
   </si>
   <si>
     <t>54.12я73</t>
   </si>
   <si>
     <t>18.07.2022</t>
   </si>
   <si>
     <t>КЛИНИЧЕСКАЯ ПРАКТИКА ПО ПАТОФИЗИОЛОГИИ. Учебник для вузов</t>
   </si>
   <si>
     <t>Анатомия и физиология. Цитология. Гистология. Эмбриология</t>
   </si>
   <si>
     <t>Курс содержит клинико-патофизиологические ситуационные задачи по основным разделам патофизиологии как учебной дисциплины. Методология построения ситуационных задач — когнитивное моделирование той или иной клинической ситуации — ставит перед обучающимся задачу принятия того или иного врачебного решения, а значит, является, по мнению авторов, эффективным инструментом формирования подобной компетенции. Решение такой задачи базируется на понимании патофизиологических основ семиотики, диагностики и дифференциальной диагностики, принципов обоснованного выбора этиотропной, патогенетической, симптоматической терапии и профилактики отдельных патологических процессов, болезней, синдромов и позволяет развивать логическое мышление. Учебно-методические материалы подготовлены с учетом требований соответствующих федеральных государственных образовательных стандартов высшего образования и могут способствовать более глубокому, осмысленному и мотивированному, с позиций будущей врачебной деятельности обучающегося, освоению такой фундаментальной дисциплины, как патологическая физиология. Предназначено для студентов высших учебных заведений, обучающихся по направлениям подготовки и специальностям «Лечебное дело», «Педиатрия», «Медико-профилактическое дело», «Стоматология» в качестве дополнения к лекционному курсу и учебнику. Может быть также полезно для ординаторов и аспирантов по направлениям подготовки «Фундаментальная медицина», «Клиническая медицина».</t>
   </si>
   <si>
     <t>978-5-534-15664-5</t>
   </si>
@@ -235,141 +235,135 @@
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Анестезиология и реаниматология</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов клинической патофизиологии, анестезиологии и реаниматологии боли и обезболивания. С самой современной точки зрения рассматриваются вопросы этиологии и нейрофизиологии боли, механизмы развития боли. Особое внимание уделено вопросам классификации боли и болевых синдромов. Последовательно излагаются принципы обезболивания с подробным анализом препаратов, применяемых для лечения пациентов с нейропатической болью. Особое внимание акцентируется на принципах оценки эффективности лечения болевых синдромов. Курс отличается последовательным и логическим изложением важнейших разделов общей и частной алгологии, конкретностью, простотой и практической направленностью.</t>
   </si>
   <si>
     <t>978-5-534-19773-0</t>
   </si>
   <si>
     <t>52.81я73</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
   <si>
     <t>11.08.2023</t>
   </si>
   <si>
     <t>ЛЕЧЕНИЕ БОЛИ. Учебное пособие для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> С. А. Перепелица [и др.] ; под редакцией С. А. Перепелицы, В. Т. Долгих, А. Н. Кузовлева.</t>
-[...1 lines deleted...]
-  <si>
     <t>Курс направлен на изучение важнейших разделов клинической патофизиологии, анестезиологии и реаниматологии боли и обезболивания. С самой современной точки зрения рассматриваются вопросы этиологии и нейрофизиологии боли, механизмы развития боли. Особое внимание уделено вопросам классификации боли и болевых синдромов. Последовательно излагаются принципы обезболивания с подробным анализом препаратов, применяемых для лечения пациентов с нейропатической болью. Особое внимание акцентируется на принципах оценки эффективности лечения болевых синдромов. Курс отличается последовательным и логическим изложением важнейших разделов общей и частной алгологии, конкретностью, простотой и практической направленностью. Для студентов и преподавателей средних специальных учебных медицинских заведений.</t>
   </si>
   <si>
     <t>978-5-534-20904-4</t>
   </si>
   <si>
     <t>24.09.2025</t>
   </si>
   <si>
     <t>Нефрология. Клинико-патофизиологические аспекты. Учебник для вузов</t>
   </si>
   <si>
-    <t>Под ред. Долгих В.Т., Мороза В.В., Кузовлева А.Н.</t>
-[...1 lines deleted...]
-  <si>
     <t>Курс посвящен клинико-патофизиологическим аспектам нефропатий. Подробно излагаются функционально-метаболические нарушения и структурные повреждения почек под влиянием обычных и чрезвычайных этиологических факторов. Рассмотрены изменения в почках при травмах, интоксикациях, алкоголизме, тяжело протекающей беременности. Большое внимание уделяется вопросам диагностики, клиники и лечения пациентов с почечной патологией, включая гемодиализ и трансплантацию почек. Актуальность курса обусловлена ростом заболеваемости хроническими нефропатиями и потребностью в комплексной подготовке специалистов, способных интегрировать клинические и патофизиологические знания для диагностики и лечения почечных патологий. Курс помогает студентам изучить ключевые механизмы повреждения почек и освоить современные подходы к терапии. Курс включает тесты, которые позволят студентам и преподавателям эффективно контролировать усвоение материала и сделать обучение практикоориентированным.</t>
   </si>
   <si>
     <t>978-5-534-20460-5</t>
   </si>
   <si>
     <t>54.14я73</t>
   </si>
   <si>
     <t>02.12.2024</t>
   </si>
   <si>
     <t>ОБЩАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. Т. Долгих [и др.] ; под общей редакцией В. Т. Долгих.</t>
+    <t>Под общ. ред. Долгих В.Т.</t>
   </si>
   <si>
     <t>Курс направлен на изучение основ патофизиологии; с самой современной точки зрения рассматриваются общая патофизиология, патофизиология обмена веществ и опухолевых процессов. Курс отличается последовательным и логическим изложением важнейших разделов патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных нозологических форм заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по медицинским направлениям, ординаторов, аспирантов, преподавателей и врачей различных специальностей.</t>
   </si>
   <si>
     <t>978-5-534-20961-7</t>
   </si>
   <si>
     <t>04.12.2024</t>
   </si>
   <si>
     <t>ОБЩАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Курс направлен на изучение основ патофизиологии; с самой современной точки зрения рассматриваются общая патофизиология, патофизиология обмена веществ и опухолевых процессов. Курс отличается последовательным и логическим изложением важнейших разделов патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных нозологических форм заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20964-8</t>
   </si>
   <si>
     <t>52.5я723</t>
   </si>
   <si>
     <t>11.08.2022</t>
   </si>
   <si>
     <t>СЕРДЕЧНО-СОСУДИСТАЯ НЕДОСТАТОЧНОСТЬ. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. Т. Долгих [и др.] ; под редакцией В. Т. Долгих, М. Л. Благонравова, С. А. Перепелицы.</t>
+    <t>Под ред. Долгих В.Т., Благонравова М.Л., Перепелицы С.А.</t>
   </si>
   <si>
     <t>Учебник направлен на изучение важнейших разделов патофизиологии сердечно-сосудистой системы: острой и хронической сердечной недостаточности, кардиогенного шока, коронарной недостаточности, алкогольного поражения сердца, сердечных аритмий, нарушений сосудистого тонуса, гемодинамических нарушений при шоковых и коматозных состояниях. После каждой главы имеются ситуационные задачи. Содержанию учебника предшествует краткий экскурс в физиологию сердечно-сосудистой системы. Учебник отличается последовательным и логичным изложением важнейших разделов патофизиологии сердечно-сосудистой системы, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний сердца и сосудов. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Учебник предназначен для студентов высших учебных заведений, обучающихся по медицинским направлениям, ординаторов, аспирантов, преподавателей и врачей различных специальностей.</t>
   </si>
   <si>
     <t>978-5-534-15681-2</t>
   </si>
   <si>
     <t>54.10я73</t>
   </si>
   <si>
     <t>СЕРДЕЧНО-СОСУДИСТАЯ НЕДОСТАТОЧНОСТЬ. Учебник для СПО</t>
   </si>
   <si>
     <t>Учебник направлен на изучение важнейших разделов патофизиологии сердечно-сосудистой системы: острой и хронической сердечной недостаточности, кардиогенного шока, коронарной недостаточности, алкогольного поражения сердца, сердечных аритмий, нарушений сосудистого тонуса, гемодинамических нарушений при шоковых и коматозных состояниях. После каждой главы имеются ситуационные задачи. Содержанию учебника предшествует краткий экскурс в физиологию сердечно-сосудистой системы. Учебник отличается последовательным и логичным изложением важнейших разделов патофизиологии сердечно-сосудистой системы, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний сердца и сосудов. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования.. Учебник предназначен для студентов высших и средних учебных заведений, обучающихся по медицинским направлениям, ординаторов, аспирантов, преподавателей и врачей различных специальностей.</t>
   </si>
   <si>
     <t>978-5-534-17406-9</t>
   </si>
   <si>
     <t>20.03.2025</t>
   </si>
   <si>
     <t>ЧАСТНАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
-    <t>В.Т. Долгих [и др.]; под редакцией В.Т. Долгих.</t>
+    <t>Под ред. Долгих В.Т.</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов патофизиологии органов и систем; с самой современной точки зрения рассматриваются вопросы патологии системы крови и гемостаза, сердечно-сосудистой и дыхательной систем, патофизиологии пищеварения, печени, почек, центральной нервной системы, имунной и эндокринной систем, вопросы боли и обезболивания, актуальные аспекты поражения органов и тканей при алкоголизме и наркомании. Курс отличается последовательным и логическим изложением частной патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20971-6</t>
   </si>
   <si>
     <t>21.03.2025</t>
   </si>
   <si>
     <t>ЧАСТНАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов патофизиологии органов и систем; с самой современной точки зрения рассматриваются вопросы патологии системы крови и гемостаза, сердечно-сосудистой и дыхательной систем, патофизиологии пищеварения, печени, почек, центральной нервной системы, имунной и эндокринной систем, вопросы боли и обезболивания, актуальные аспекты поражения органов и тканей при алкоголизме и наркомании. Курс отличается последовательным и логическим изложением частной патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20974-7</t>
   </si>
   <si>
     <t>13.11.2024</t>
   </si>
   <si>
     <t>ЭНДОКРИНОПАТИИ. КЛИНИКО-ПАТОФИЗИОЛОГИЧЕСКИЕ АСПЕКТЫ. Учебник для вузов</t>
   </si>
@@ -765,51 +759,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-gematologicheskih-narusheniy-568724" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-dyhatelnoy-nedostatochnosti-568474" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-568379" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-568651" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lechenie-boli-557094" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lechenie-boli-558972" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nefrologiya-kliniko-patofiziologicheskie-aspekty-581641" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-559064" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-559067" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-568290" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-568667" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-559074" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-559077" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/endokrinopatii-kliniko-patofiziologicheskie-aspekty-569301" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-gematologicheskih-narusheniy-589449" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-dyhatelnoy-nedostatochnosti-589220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-589127" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-589384" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lechenie-boli-589038" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lechenie-boli-589385" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nefrologiya-kliniko-patofiziologicheskie-aspekty-590421" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586707" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586729" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-589087" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-589400" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587711" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587721" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/endokrinopatii-kliniko-patofiziologicheskie-aspekty-589964" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -990,69 +984,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>568724</v>
+        <v>589449</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>200</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>869.0</v>
       </c>
       <c r="M5" s="9">
         <v>959.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -1060,69 +1054,69 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.362</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>568474</v>
+        <v>589220</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>229</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>969.0</v>
       </c>
       <c r="M6" s="9">
         <v>1069.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
@@ -1130,69 +1124,69 @@
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.397</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>568379</v>
+        <v>589127</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>375</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>1839.0</v>
       </c>
       <c r="M7" s="9">
         <v>2019.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
@@ -1200,69 +1194,69 @@
         <v>52</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.574</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>568651</v>
+        <v>589384</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>375</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>1839.0</v>
       </c>
       <c r="M8" s="9">
         <v>2019.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
@@ -1270,69 +1264,69 @@
         <v>52</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.574</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>557094</v>
+        <v>589038</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>122</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="9">
         <v>509.0</v>
       </c>
       <c r="M9" s="9">
         <v>559.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
@@ -1340,669 +1334,669 @@
         <v>66</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>69</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>70</v>
       </c>
       <c r="Y9" s="8">
         <v>0.132</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>558972</v>
+        <v>589385</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>122</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="9">
         <v>509.0</v>
       </c>
       <c r="M10" s="9">
         <v>559.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="Y10" s="8">
         <v>0.132</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>581641</v>
+        <v>590421</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>309</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>1549.0</v>
       </c>
       <c r="M11" s="9">
         <v>1699.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.494</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>559064</v>
+        <v>586707</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>491</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
         <v>2339.0</v>
       </c>
       <c r="M12" s="9">
         <v>2569.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>52</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.715</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>559067</v>
+        <v>586729</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>491</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
         <v>2339.0</v>
       </c>
       <c r="M13" s="9">
         <v>2569.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>52</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.715</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>568290</v>
+        <v>589087</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>150</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
         <v>699.0</v>
       </c>
       <c r="M14" s="9">
         <v>769.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>70</v>
       </c>
       <c r="Y14" s="8">
         <v>0.24</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>568667</v>
+        <v>589400</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>150</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
         <v>699.0</v>
       </c>
       <c r="M15" s="9">
         <v>769.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>70</v>
       </c>
       <c r="Y15" s="8">
         <v>0.24</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>559074</v>
+        <v>587711</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>499</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
         <v>2379.0</v>
       </c>
       <c r="M16" s="9">
         <v>2619.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>52</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y16" s="8">
         <v>0.724</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>559077</v>
+        <v>587721</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>499</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
         <v>2379.0</v>
       </c>
       <c r="M17" s="9">
         <v>2619.0</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>52</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
         <v>0.724</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>569301</v>
+        <v>589964</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>286</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="9">
         <v>1459.0</v>
       </c>
       <c r="M18" s="9">
         <v>1599.0</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y18" s="8">
         <v>0.466</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>