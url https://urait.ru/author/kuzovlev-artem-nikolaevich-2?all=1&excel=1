--- v1 (2026-01-22)
+++ v2 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
-[...1 lines deleted...]
-    <t>22.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -109,114 +109,132 @@
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
+    <t>13.03.2026</t>
+  </si>
+  <si>
+    <t>Гастроэнтерология. Клинико-патофизиологические аспекты гепатологии. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>О.А. Гребенчиков [и др.]; под редакцией В.Т. Долгих, А.Н. Кузовлева, В.В. Мороза.</t>
+  </si>
+  <si>
+    <t>Переплет</t>
+  </si>
+  <si>
+    <t>Гриф УМО ВО</t>
+  </si>
+  <si>
+    <t>Высшее образование</t>
+  </si>
+  <si>
+    <t>Медицина и фармакология</t>
+  </si>
+  <si>
+    <t>Анатомия и физиология. Цитология. Гистология. Эмбриология</t>
+  </si>
+  <si>
+    <t>Курс раскрывает клинико-патофизиологические основы гепатопатий, включая этиологию, механизмы повреждения печени, диагностику и коррекцию печеночной недостаточности. Представлены особенности метаболизма печени, функциональные нарушения при различных состояниях, таких как алкогольные и лекарственные повреждения печени, COVID-19, сахарный диабет, беременность, туберкулез, а также современные подходы к терапии, включая анестезиологическое обеспечение и трансплантацию. Актуальность курса обусловлена ростом распространенности заболеваний печени и необходимостью интеграции фундаментальных патофизиологических знаний с клинической практикой. Курс будет полезен студентам и преподавателям как основа для формирования клинического мышления и подготовки к практической работе. На Образовательной платформе «Юрайт» доступны тесты к курсу, позволяющие эффективно контролировать знания и повышать вовлеченность обучающихся в учебный процесс.</t>
+  </si>
+  <si>
+    <t>М.:Издательство Юрайт</t>
+  </si>
+  <si>
+    <t>978-5-534-21955-5</t>
+  </si>
+  <si>
+    <t>54.13я73</t>
+  </si>
+  <si>
+    <t>70*100/16</t>
+  </si>
+  <si>
     <t>27.12.2023</t>
   </si>
   <si>
     <t>КЛИНИКО-ПАТОФИЗИОЛОГИЧЕСКИЕ АСПЕКТЫ ГЕМАТОЛОГИЧЕСКИХ НАРУШЕНИЙ. Учебник для вузов</t>
   </si>
   <si>
     <t>Отв. ред. Долгих В. Т., Корпачева О. В., Кузовлев А. Н.</t>
   </si>
   <si>
-    <t>Переплет</t>
-[...10 lines deleted...]
-  <si>
     <t>Клиническая медицина.  Эпидемиология, инфекционные болезни</t>
   </si>
   <si>
     <t>Клинический анализ крови — наиболее часто назначаемый лабораторный анализ, улавливающий различные количественные и качественные нарушения клеток крови. Оценка общего анализа крови в сочетании с клинической картиной позволяет врачу любой специальности правильно установить диагноз и верно определить тактику ведения пациента. Интерпретацией результатов лабораторных, в том числе гематологических исследований, занимается любой клиницист. В предлагаемом курсе рассмотрены основные заболевания, связанные с гематологическими нарушениями, механизмы их развития и терапии, представлены характерные изменения в составе крови. На примере ситуационных задач показано практическое применение анализа гематологических и клинических данных при различных патологиях. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
-    <t>М.:Издательство Юрайт</t>
-[...1 lines deleted...]
-  <si>
     <t>978-5-534-17990-3</t>
   </si>
   <si>
     <t>54.11я73</t>
   </si>
   <si>
-    <t>70*100/16</t>
-[...1 lines deleted...]
-  <si>
     <t>01.06.2023</t>
   </si>
   <si>
     <t>КЛИНИКО-ПАТОФИЗИОЛОГИЧЕСКИЕ АСПЕКТЫ ДЫХАТЕЛЬНОЙ НЕДОСТАТОЧНОСТИ. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Долгих В.Т., Мороза В.В., Кузовлева А.Н.</t>
   </si>
   <si>
     <t>Курс знакомит с содержанием патологических процессов и заболеваний органов дыхания, приводящих к дыхательной недостаточности. Описаны методы диагностики заболеваний дыхательной системы, их этиология и особенности патогенеза, а также принципы и способы лечения. Отдельно рассмотрены нарушения дыхания у детей, а также пневмония, вызванная новой коронавирусной инфекцией COVID-19. Кроме того, курс включает клинико-патофизиологические ситуационные задачи, направленные на формирование у будущих врачей рационального мышления и умения принимать обоснованное врачебное решение. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-16864-8</t>
   </si>
   <si>
     <t>54.12я73</t>
   </si>
   <si>
     <t>18.07.2022</t>
   </si>
   <si>
     <t>КЛИНИЧЕСКАЯ ПРАКТИКА ПО ПАТОФИЗИОЛОГИИ. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Анатомия и физиология. Цитология. Гистология. Эмбриология</t>
   </si>
   <si>
     <t>Курс содержит клинико-патофизиологические ситуационные задачи по основным разделам патофизиологии как учебной дисциплины. Методология построения ситуационных задач — когнитивное моделирование той или иной клинической ситуации — ставит перед обучающимся задачу принятия того или иного врачебного решения, а значит, является, по мнению авторов, эффективным инструментом формирования подобной компетенции. Решение такой задачи базируется на понимании патофизиологических основ семиотики, диагностики и дифференциальной диагностики, принципов обоснованного выбора этиотропной, патогенетической, симптоматической терапии и профилактики отдельных патологических процессов, болезней, синдромов и позволяет развивать логическое мышление. Учебно-методические материалы подготовлены с учетом требований соответствующих федеральных государственных образовательных стандартов высшего образования и могут способствовать более глубокому, осмысленному и мотивированному, с позиций будущей врачебной деятельности обучающегося, освоению такой фундаментальной дисциплины, как патологическая физиология. Предназначено для студентов высших учебных заведений, обучающихся по направлениям подготовки и специальностям «Лечебное дело», «Педиатрия», «Медико-профилактическое дело», «Стоматология» в качестве дополнения к лекционному курсу и учебнику. Может быть также полезно для ординаторов и аспирантов по направлениям подготовки «Фундаментальная медицина», «Клиническая медицина».</t>
   </si>
   <si>
     <t>978-5-534-15664-5</t>
   </si>
   <si>
     <t>52.5я73</t>
   </si>
   <si>
     <t>06.12.2023</t>
   </si>
   <si>
     <t>КЛИНИЧЕСКАЯ ПРАКТИКА ПО ПАТОФИЗИОЛОГИИ. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Курс содержит клинико-патофизиологические ситуационные задачи по основным разделам патофизиологии как учебной дисциплины. Методология построения ситуационных задач — когнитивное моделирование той или иной клинической ситуации — ставит перед обучающимся задачу принятия того или иного врачебного решения, а значит, является, по мнению авторов, эффективным инструментом формирования подобной компетенции. Решение такой задачи базируется на понимании патофизиологических основ семиотики, диагностики и дифференциальной диагностики, принципов обоснованного выбора этиотропной, патогенетической, симптоматической терапии и профилактики отдельных патологических процессов, болезней, синдромов и позволяет развивать логическое мышление. Учебно-методические материалы подготовлены с учетом требований соответствующих федеральных государственных образовательных стандартов высшего образования и могут способствовать более глубокому, осмысленному и мотивированному, с позиций будущей врачебной деятельности обучающегося, освоению такой фундаментальной дисциплины, как патологическая физиология. Предназначено для студентов средних профессиональных учебных заведений, обучающихся по направлениям подготовки и специальностям «Лечебное дело», «Педиатрия», «Медико-профилактическое дело», «Стоматология» в качестве дополнения к лекционному курсу и учебнику. Может быть также полезно для ординаторов и аспирантов по направлениям подготовки «Фундаментальная медицина», «Клиническая медицина».</t>
   </si>
@@ -759,59 +777,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-gematologicheskih-narusheniy-589449" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-dyhatelnoy-nedostatochnosti-589220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-589127" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-589384" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lechenie-boli-589038" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lechenie-boli-589385" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nefrologiya-kliniko-patofiziologicheskie-aspekty-590421" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586707" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586729" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-589087" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-589400" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587711" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587721" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/endokrinopatii-kliniko-patofiziologicheskie-aspekty-589964" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gastroenterologiya-kliniko-patofiziologicheskie-aspekty-gepatologii-590707" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-gematologicheskih-narusheniy-589449" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-dyhatelnoy-nedostatochnosti-589220" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-589127" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-589384" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lechenie-boli-589038" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lechenie-boli-589385" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nefrologiya-kliniko-patofiziologicheskie-aspekty-590421" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586707" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586729" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-589087" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-589400" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587711" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587721" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/endokrinopatii-kliniko-patofiziologicheskie-aspekty-589964" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z18"/>
+  <dimension ref="A1:Z19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -870,51 +888,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -984,1049 +1002,1120 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>589449</v>
+        <v>590707</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>200</v>
+        <v>370</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>869.0</v>
+        <v>1949.0</v>
       </c>
       <c r="M5" s="9">
-        <v>959.0</v>
+        <v>2139.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.362</v>
+        <v>0.568</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>589220</v>
+        <v>589449</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>229</v>
+        <v>200</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>969.0</v>
+        <v>929.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1069.0</v>
+        <v>1019.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
-        <v>0.397</v>
+        <v>0.362</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>589127</v>
+        <v>589220</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
-        <v>375</v>
+        <v>229</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1839.0</v>
+        <v>1039.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2019.0</v>
+        <v>1139.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
-        <v>0.574</v>
+        <v>0.397</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>589384</v>
+        <v>589127</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>375</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.574</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>589038</v>
+        <v>589384</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
-        <v>122</v>
+        <v>375</v>
       </c>
       <c r="K9" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" s="9">
+        <v>1969.0</v>
+      </c>
+      <c r="M9" s="9">
+        <v>2169.0</v>
+      </c>
+      <c r="N9" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P9" s="6" t="s">
         <v>65</v>
-      </c>
-[...13 lines deleted...]
-        <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S9" s="6" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="X9" s="6" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="Y9" s="8">
-        <v>0.132</v>
+        <v>0.574</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>589385</v>
+        <v>589038</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>122</v>
       </c>
       <c r="K10" s="6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="L10" s="9">
-        <v>509.0</v>
+        <v>549.0</v>
       </c>
       <c r="M10" s="9">
-        <v>559.0</v>
+        <v>599.0</v>
       </c>
       <c r="N10" s="6" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>73</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>74</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="X10" s="6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="Y10" s="8">
         <v>0.132</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>590421</v>
+        <v>589385</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
-        <v>309</v>
+        <v>122</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="L11" s="9">
-        <v>1549.0</v>
+        <v>549.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1699.0</v>
+        <v>599.0</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>52</v>
+        <v>72</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>43</v>
+        <v>76</v>
       </c>
       <c r="Y11" s="8">
-        <v>0.494</v>
+        <v>0.132</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>586707</v>
+        <v>590421</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2026</v>
       </c>
       <c r="J12" s="8">
-        <v>491</v>
+        <v>309</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>2339.0</v>
+        <v>1659.0</v>
       </c>
       <c r="M12" s="9">
-        <v>2569.0</v>
+        <v>1819.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>84</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
-        <v>0.715</v>
+        <v>0.494</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>586729</v>
+        <v>586707</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>491</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>2339.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M13" s="9">
-        <v>2569.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>89</v>
+        <v>61</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.715</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>589087</v>
+        <v>586729</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
         <v>2026</v>
       </c>
       <c r="J14" s="8">
-        <v>150</v>
+        <v>491</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>699.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M14" s="9">
-        <v>769.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>93</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>94</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
         <v>95</v>
       </c>
       <c r="X14" s="6" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="Y14" s="8">
-        <v>0.24</v>
+        <v>0.715</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>589400</v>
+        <v>589087</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>56</v>
+        <v>96</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
         <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>150</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>699.0</v>
+        <v>749.0</v>
       </c>
       <c r="M15" s="9">
-        <v>769.0</v>
+        <v>819.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="Y15" s="8">
         <v>0.24</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>587711</v>
+        <v>589400</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
         <v>2026</v>
       </c>
       <c r="J16" s="8">
-        <v>499</v>
+        <v>150</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>2379.0</v>
+        <v>749.0</v>
       </c>
       <c r="M16" s="9">
-        <v>2619.0</v>
+        <v>819.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
-        <v>55</v>
+        <v>101</v>
       </c>
       <c r="X16" s="6" t="s">
-        <v>43</v>
+        <v>76</v>
       </c>
       <c r="Y16" s="8">
-        <v>0.724</v>
+        <v>0.24</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>587721</v>
+        <v>587711</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
         <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>499</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>2379.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M17" s="9">
-        <v>2619.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
-        <v>89</v>
+        <v>61</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
         <v>0.724</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>589964</v>
+        <v>587721</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
         <v>2026</v>
       </c>
       <c r="J18" s="8">
-        <v>286</v>
+        <v>499</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="9">
-        <v>1459.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M18" s="9">
-        <v>1599.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y18" s="8">
+        <v>0.724</v>
+      </c>
+      <c r="Z18" s="6"/>
+    </row>
+    <row r="19" spans="1:26">
+      <c r="A19" s="8">
+        <v>589964</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="F19" s="6"/>
+      <c r="G19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H19" s="6"/>
+      <c r="I19" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J19" s="8">
+        <v>286</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" s="9">
+        <v>1559.0</v>
+      </c>
+      <c r="M19" s="9">
+        <v>1709.0</v>
+      </c>
+      <c r="N19" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O19" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P19" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q19" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R19" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="S19" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="T19" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U19" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="V19" s="6"/>
+      <c r="W19" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="X19" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y19" s="8">
         <v>0.466</v>
       </c>
-      <c r="Z18" s="6"/>
+      <c r="Z19" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="G14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="G15" r:id="rId_hyperlink_11"/>
     <hyperlink ref="G16" r:id="rId_hyperlink_12"/>
     <hyperlink ref="G17" r:id="rId_hyperlink_13"/>
     <hyperlink ref="G18" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="G19" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>