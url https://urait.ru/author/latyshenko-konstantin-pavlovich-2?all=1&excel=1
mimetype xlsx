--- v0 (2025-12-25)
+++ v1 (2026-02-10)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+  <si>
+    <t>10.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -172,89 +172,110 @@
   <si>
     <t>13.12.2018</t>
   </si>
   <si>
     <t>АВТОМАТИЗАЦИЯ ИЗМЕРЕНИЙ, КОНТРОЛЯ И ИСПЫТАНИЙ. ПРАКТИЧЕСКИЙ КУРС 3-е изд., испр. и доп. Учебное пособие для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>978-5-534-10714-2</t>
   </si>
   <si>
     <t>34.5-7я723</t>
   </si>
   <si>
     <t>04.01.2025</t>
   </si>
   <si>
     <t>ИЗМЕРЕНИЕ МЕХАНИЧЕСКИХ ВЕЛИЧИН 3-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> К. П. Латышенко.</t>
+    <t>Латышенко К. П.</t>
   </si>
   <si>
     <t>В учебнике рассматриваются основные принципы метрологии, методы и средства измерения и контроля геометрических и физико-механических параметров: линейных размеров, площади, объема, шероховатости поверхности, твердости и массы тел.</t>
   </si>
   <si>
     <t>978-5-534-20940-2</t>
   </si>
   <si>
     <t>32.965я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>ИЗМЕРЕНИЕ ПАРАМЕТРОВ ПОТОКА, РАСХОДА, УРОВНЯ, ОБЪЕМА ВЕЩЕСТВ 3-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Латышенко К. П.</t>
-[...1 lines deleted...]
-  <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>В учебнике изложены основные понятия метрологии, приведена классификация методов, средств и погрешностей измерений, рассматриваются методы измерений и приборы измерения и контроля таких параметров, как расход вещества, уровень, объем и т. п.</t>
   </si>
   <si>
     <t>978-5-534-20941-9</t>
   </si>
   <si>
     <t>ИЗМЕРЕНИЕ РАСХОДА ЖИДКОСТЕЙ И ГАЗОВ 3-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе рассматриваются методы измерений и приборы автоматического измерения количества и расхода вещества, классификация, принципы действия и устройство расходомеров и счетчиков.</t>
   </si>
   <si>
     <t>978-5-534-20939-6</t>
   </si>
   <si>
+    <t>15.01.2024</t>
+  </si>
+  <si>
+    <t>Методы и приборы контроля окружающей среды и экологический мониторинг 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
+  </si>
+  <si>
+    <t>Гриф УМО ВО</t>
+  </si>
+  <si>
+    <t>Естественные науки</t>
+  </si>
+  <si>
+    <t>Экология</t>
+  </si>
+  <si>
+    <t>Рассматриваются структура современного экологического мониторинга, его цели и задачи, различные методы и приборы, используемые для контроля окружающей среды и экологического мониторинга — оптические, электрохимические, хроматографические и необходимые для проведения экоаналитических измерений методы пробоотбора и пробоподготовки, системы экологического мониторинга. Соответствует актуальным требованиям Федеральноого государственного образовательного стандарта высшего образования и методическим требованиям, предъявляемым к учебным изданиям. Курс предназначен студентам, обучающимся по направлению «Техносферная безопасность», профиль «Безопасность жизнедеятельности в техносфере».</t>
+  </si>
+  <si>
+    <t>978-5-534-17531-8</t>
+  </si>
+  <si>
+    <t>20.1я73</t>
+  </si>
+  <si>
     <t>28.10.2016</t>
   </si>
   <si>
     <t>МЕТРОЛОГИЯ И ИЗМЕРИТЕЛЬНАЯ ТЕХНИКА. ЛАБОРАТОРНЫЙ ПРАКТИКУМ 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Латышенко К. П., Гарелина С. А.</t>
   </si>
   <si>
     <t>В учебном пособии рассматриваются методы и средства измерений, принцип действия и устройство измерительных преобразователей ОВЕН, определяются их метрологические характеристики, правила обработки результатов измерений. На данный момент ряд нормативных данных (ГОСТы), приводимых в учебном пособии, устарели. Однако это существенно не влияет на процесс обучения, и произошедшие изменения при необходимости могут быть учтены преподавателями.</t>
   </si>
   <si>
     <t>978-5-534-07086-6</t>
   </si>
   <si>
     <t>30.10я73</t>
   </si>
   <si>
     <t>17.11.2016</t>
   </si>
   <si>
     <t>МЕТРОЛОГИЯ И ИЗМЕРИТЕЛЬНАЯ ТЕХНИКА. ЛАБОРАТОРНЫЙ ПРАКТИКУМ 2-е изд., испр. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В учебном пособии рассматриваются методы и средства измерений, принцип действия и устройство измерительных преобразователей ОВЕН, определяются их метрологические характеристики, правила обработки результатов измерений. На данный момент ряд нормативных данных (ГОСТы), приводимых в учебном пособии, устарел. Однако это существенно не влияет на процесс обучения, и произошедшие изменения при необходимости могут быть учтены преподавателями.</t>
@@ -265,74 +286,65 @@
   <si>
     <t>30.10я723</t>
   </si>
   <si>
     <t>МЕТРОЛОГИЯ И ИЗМЕРИТЕЛЬНАЯ ТЕХНИКА. МИКРОПРОЦЕССОРНЫЕ АНАЛИЗАТОРЫ ЖИДКОСТИ 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Латышенко К. П., Первухин Б. С.</t>
   </si>
   <si>
     <t>В настоящем учебном пособии рассматриваются аналитические методы контроля жидкости, и особенно подробно кондуктометрия, использование микропроцессоров в измерительной технике, а также микропроцессорные лабораторные и промышленные кондуктометры, вискозиметры, плотномеры, концентратомер, сигнализатор уровня. На данный момент ряд нормативных данных (ГОСТы), приводимых в учебном пособии, устарел. Однако это существенно не влияет на процесс обучения, и произошедшие изменения при необходимости могут быть учтены преподавателями.</t>
   </si>
   <si>
     <t>978-5-9916-9536-7</t>
   </si>
   <si>
     <t>34.9я73</t>
   </si>
   <si>
     <t>16.01.2024</t>
   </si>
   <si>
     <t>МОНИТОРИНГ ЗАГРЯЗНЕНИЯ ОКРУЖАЮЩЕЙ СРЕДЫ 3-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
-    <t>Естественные науки</t>
-[...4 lines deleted...]
-  <si>
     <t>Рассматриваются структура современного экологического мониторинга, его цели и задачи, различные методы и приборы, используемые для контроля окружающей среды и экологического мониторинга — оптические, электрохимические, хроматографические и необходимые для проведения экоаналитических измерений методы пробоотбора и пробоподготовки, системы экологического мониторинга. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Курс предназначен студентам, обучающимся в образовательных учреждениях среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-17466-3</t>
   </si>
   <si>
     <t>20.1я723</t>
   </si>
   <si>
     <t>14.02.2025</t>
   </si>
   <si>
     <t>ОПТИЧЕСКИЕ МЕТОДЫ АНАЛИЗА 3-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Гриф УМО ВО</t>
-[...1 lines deleted...]
-  <si>
     <t>Настоящий курс посвящен оптическим методам анализа жидкостей. Рассматриваются рефрактометрический, абсорбционно-оптический, люминесцентный, поляризационно-оптический, нефелометрический и турбидиметрический методы анализа. Описаны приборы для выполнения таких измерений, их принципы действия и устройство.</t>
   </si>
   <si>
     <t>978-5-534-20948-8</t>
   </si>
   <si>
     <t>РАДИАЦИОННЫЕ МЕТОДЫ КОНТРОЛЯ 3-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Настоящий курс посвящен радиоаналитическим методам анализа жидкостей. Расматриваются ядерно-физические и радиохимические методы: радиоактивационный анализ, метод радиоактивных индикаторов, изотопное разбавление, мессбауэровская спектроскопия, радиометрический метод.</t>
   </si>
   <si>
     <t>978-5-534-20949-5</t>
   </si>
   <si>
     <t>27.03.2025</t>
   </si>
   <si>
     <t>РАДИАЦИОННЫЕ МЕТОДЫ КОНТРОЛЯ 3-е изд., испр. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>978-5-534-19609-2</t>
   </si>
   <si>
     <t>32.965я723</t>
@@ -368,65 +380,50 @@
     <t>ТЕХНИЧЕСКИЕ ИЗМЕРЕНИЯ И ПРИБОРЫ: МЕТОДЫ И СРЕДСТВА ИЗМЕРЕНИЯ 3-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Учебник посвящен первому этапу автоматического управления автоматическому измерению технологических параметров. В нем рассматриваются методы измерений и приборы автоматического измерения и контроля таких параметров, как температура, давление, расход вещества, уровень, влажность, плотность и вязкость, изучаются вторичные приборы. В новом издании обновлены приведенные в учебном издании нормативные данные (ГОСТы).</t>
   </si>
   <si>
     <t>978-5-534-20944-0</t>
   </si>
   <si>
     <t>ТЕХНИЧЕСКИЕ ИЗМЕРЕНИЯ И ПРИБОРЫ: МЕТОДЫ И СРЕДСТВА ИЗМЕРЕНИЯ 3-е изд., испр. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В первом томе учебника рассматриваются методы измерений и приборы автоматического измерения и контроля таких параметров, как температура, давление, расход вещества, уровень, влажность, плотность и вязкость, изучаются вторичные приборы. На данный момент ряд нормативных данных (ГОСТы), приводимых в учебном издании, устарел. Однако это существенно не влияет на процесс обучения, и произошедшие изменения при необходимости могут быть учтены преподавателями.</t>
   </si>
   <si>
     <t>978-5-534-20943-3</t>
   </si>
   <si>
     <t>ХРОМАТОГРАФИЧЕСКИЕ МЕТОДЫ АНАЛИЗА 3-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе рассматриваются основы хроматографического метода анализа. Подробно разбираются такие методы, как газовая и жидкостная хроматография, а также их аппаратное обеспечение большое внимание уделяется принципам работы и конструкциям хроматографических детекторов.</t>
   </si>
   <si>
     <t>978-5-534-20947-1</t>
-  </si>
-[...13 lines deleted...]
-    <t>20.1я73</t>
   </si>
   <si>
     <t>ЭЛЕКТРИЧЕСКИЕ ИЗМЕРЕНИЯ 3-е изд., испр. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В учебнике изложены основные понятия метрологии, приведена классификация методов, средств и погрешностей измерений, рассматриваются аналоговые и цифровые вторичные приборы.</t>
   </si>
   <si>
     <t>978-5-534-20942-6</t>
   </si>
   <si>
     <t>ЭЛЕКТРОХИМИЧЕСКИЕ МЕТОДЫ АНАЛИЗА 3-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Во втором томе учебника рассматриваются методы измерений и приборы автоматического определения состава вещества и концентрации, измерительные системы. На данный момент ряд нормативных данных (ГОСТы), приводимых в учебном издании, устарел. Однако это существенно не влияет на процесс обучения, и произошедшие изменения при необходимости могут быть учтены преподавателями.</t>
   </si>
   <si>
     <t>978-5-534-20946-4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -804,51 +801,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/avtomatizaciya-izmereniy-kontrolya-i-ispytaniy-prakticheskiy-kurs-562126" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/avtomatizaciya-izmereniy-kontrolya-i-ispytaniy-prakticheskiy-kurs-566104" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izmerenie-mehanicheskih-velichin-559029" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izmerenie-parametrov-potoka-rashoda-urovnya-obema-veschestv-559030" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izmerenie-rashoda-zhidkostey-i-gazov-559028" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metrologiya-i-izmeritelnaya-tehnika-laboratornyy-praktikum-562102" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metrologiya-i-izmeritelnaya-tehnika-laboratornyy-praktikum-562130" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metrologiya-i-izmeritelnaya-tehnika-mikroprocessornye-analizatory-zhidkosti-562104" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/monitoring-zagryazneniya-okruzhayuschey-sredy-560966" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/opticheskie-metody-analiza-559037" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/radiacionnye-metody-kontrolya-559038" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/radiacionnye-metody-kontrolya-580773" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnicheskie-izmereniya-i-pribory-metody-analiza-i-kontrolya-559039" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnicheskie-izmereniya-i-pribory-metody-analiza-i-kontrolya-559061" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnicheskie-izmereniya-i-pribory-metody-i-sredstva-izmereniya-559033" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnicheskie-izmereniya-i-pribory-metody-i-sredstva-izmereniya-559032" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/hromatograficheskie-metody-analiza-559036" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekologicheskiy-monitoring-560602" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektricheskie-izmereniya-559031" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektrohimicheskie-metody-analiza-559035" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/avtomatizaciya-izmereniy-kontrolya-i-ispytaniy-prakticheskiy-kurs-584722" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/avtomatizaciya-izmereniy-kontrolya-i-ispytaniy-prakticheskiy-kurs-587478" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izmerenie-mehanicheskih-velichin-590063" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izmerenie-parametrov-potoka-rashoda-urovnya-obema-veschestv-590064" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izmerenie-rashoda-zhidkostey-i-gazov-590062" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metody-i-pribory-kontrolya-okruzhayuschey-sredy-i-ekologicheskiy-monitoring-583453" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metrologiya-i-izmeritelnaya-tehnika-laboratornyy-praktikum-584702" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metrologiya-i-izmeritelnaya-tehnika-laboratornyy-praktikum-584726" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metrologiya-i-izmeritelnaya-tehnika-mikroprocessornye-analizatory-zhidkosti-584703" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/monitoring-zagryazneniya-okruzhayuschey-sredy-583773" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/opticheskie-metody-analiza-590070" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/radiacionnye-metody-kontrolya-590071" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/radiacionnye-metody-kontrolya-590358" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnicheskie-izmereniya-i-pribory-metody-analiza-i-kontrolya-590039" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnicheskie-izmereniya-i-pribory-metody-analiza-i-kontrolya-590040" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnicheskie-izmereniya-i-pribory-metody-i-sredstva-izmereniya-590037" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnicheskie-izmereniya-i-pribory-metody-i-sredstva-izmereniya-590038" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/hromatograficheskie-metody-analiza-559036" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektricheskie-izmereniya-590065" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektrohimicheskie-metody-analiza-590068" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -1029,1415 +1026,1415 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>562126</v>
+        <v>584722</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>142</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>579.0</v>
+        <v>619.0</v>
       </c>
       <c r="M5" s="9">
-        <v>639.0</v>
+        <v>679.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.151</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>566104</v>
+        <v>587478</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>142</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>579.0</v>
+        <v>619.0</v>
       </c>
       <c r="M6" s="9">
-        <v>639.0</v>
+        <v>679.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.151</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>559029</v>
+        <v>590063</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>105</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>569.0</v>
+        <v>619.0</v>
       </c>
       <c r="M7" s="9">
-        <v>629.0</v>
+        <v>679.0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y7" s="8">
         <v>0.146</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>559030</v>
+        <v>590064</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>181</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L8" s="9">
-        <v>999.0</v>
+        <v>1069.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1099.0</v>
+        <v>1179.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y8" s="8">
         <v>0.339</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>559028</v>
+        <v>590062</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>135</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>689.0</v>
+        <v>739.0</v>
       </c>
       <c r="M9" s="9">
-        <v>759.0</v>
+        <v>809.0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y9" s="8">
         <v>0.182</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>562102</v>
+        <v>583453</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
-        <v>186</v>
+        <v>431</v>
       </c>
       <c r="K10" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L10" s="9">
-        <v>819.0</v>
+        <v>2229.0</v>
       </c>
       <c r="M10" s="9">
-        <v>899.0</v>
-[...1 lines deleted...]
-      <c r="N10" s="6"/>
+        <v>2449.0</v>
+      </c>
+      <c r="N10" s="6" t="s">
+        <v>66</v>
+      </c>
       <c r="O10" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>38</v>
+        <v>68</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="X10" s="6" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="Y10" s="8">
-        <v>0.275</v>
+        <v>0.642</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>562130</v>
+        <v>584702</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>186</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L11" s="9">
-        <v>819.0</v>
+        <v>879.0</v>
       </c>
       <c r="M11" s="9">
-        <v>899.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>969.0</v>
+      </c>
+      <c r="N11" s="6"/>
       <c r="O11" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.275</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>562104</v>
+        <v>584726</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
-        <v>203</v>
+        <v>186</v>
       </c>
       <c r="K12" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L12" s="9">
         <v>879.0</v>
       </c>
       <c r="M12" s="9">
         <v>969.0</v>
       </c>
-      <c r="N12" s="6"/>
+      <c r="N12" s="6" t="s">
+        <v>46</v>
+      </c>
       <c r="O12" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="P12" s="6" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
-        <v>0.292</v>
+        <v>0.275</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>560966</v>
+        <v>584703</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
-        <v>458</v>
+        <v>203</v>
       </c>
       <c r="K13" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L13" s="9">
-        <v>2199.0</v>
+        <v>939.0</v>
       </c>
       <c r="M13" s="9">
-        <v>2419.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1029.0</v>
+      </c>
+      <c r="N13" s="6"/>
       <c r="O13" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
-        <v>83</v>
+        <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>85</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>86</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>87</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="Y13" s="8">
-        <v>0.675</v>
+        <v>0.292</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>559037</v>
+        <v>583773</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>89</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
-        <v>85</v>
+        <v>431</v>
       </c>
       <c r="K14" s="6" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="L14" s="9">
-        <v>499.0</v>
+        <v>2229.0</v>
       </c>
       <c r="M14" s="9">
-        <v>549.0</v>
+        <v>2449.0</v>
       </c>
       <c r="N14" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O14" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P14" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q14" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="R14" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="S14" s="6" t="s">
         <v>90</v>
-      </c>
-[...13 lines deleted...]
-        <v>91</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y14" s="8">
-        <v>0.122</v>
+        <v>0.642</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>559038</v>
+        <v>590070</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>399.0</v>
+        <v>529.0</v>
       </c>
       <c r="M15" s="9">
-        <v>439.0</v>
+        <v>579.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>90</v>
+        <v>66</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y15" s="8">
-        <v>0.092</v>
+        <v>0.122</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>580773</v>
+        <v>590071</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>389.0</v>
+        <v>429.0</v>
       </c>
       <c r="M16" s="9">
-        <v>429.0</v>
+        <v>469.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
-        <v>99</v>
+        <v>55</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y16" s="8">
-        <v>0.087</v>
+        <v>0.092</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>559039</v>
+        <v>590358</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>100</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
-        <v>392</v>
+        <v>56</v>
       </c>
       <c r="K17" s="6" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>1909.0</v>
+        <v>409.0</v>
       </c>
       <c r="M17" s="9">
-        <v>2099.0</v>
+        <v>449.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>90</v>
+        <v>46</v>
       </c>
       <c r="O17" s="6" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>102</v>
+        <v>38</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y17" s="8">
-        <v>0.595</v>
+        <v>0.087</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>559061</v>
+        <v>590039</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>392</v>
       </c>
       <c r="K18" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L18" s="9">
-        <v>1909.0</v>
+        <v>2049.0</v>
       </c>
       <c r="M18" s="9">
-        <v>2099.0</v>
-[...1 lines deleted...]
-      <c r="N18" s="6"/>
+        <v>2249.0</v>
+      </c>
+      <c r="N18" s="6" t="s">
+        <v>66</v>
+      </c>
       <c r="O18" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
-        <v>99</v>
+        <v>55</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y18" s="8">
         <v>0.595</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>559033</v>
+        <v>590040</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J19" s="8">
-        <v>361</v>
+        <v>392</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L19" s="9">
-        <v>1779.0</v>
+        <v>2049.0</v>
       </c>
       <c r="M19" s="9">
-        <v>1959.0</v>
+        <v>2249.0</v>
       </c>
       <c r="N19" s="6"/>
       <c r="O19" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>111</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y19" s="8">
-        <v>0.557</v>
+        <v>0.595</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>559032</v>
+        <v>590037</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J20" s="8">
         <v>361</v>
       </c>
       <c r="K20" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L20" s="9">
-        <v>1779.0</v>
+        <v>1899.0</v>
       </c>
       <c r="M20" s="9">
-        <v>1959.0</v>
+        <v>2089.0</v>
       </c>
       <c r="N20" s="6"/>
       <c r="O20" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R20" s="6" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="S20" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U20" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
-        <v>99</v>
+        <v>55</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y20" s="8">
         <v>0.557</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="8">
-        <v>559036</v>
+        <v>590038</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J21" s="8">
-        <v>73</v>
+        <v>361</v>
       </c>
       <c r="K21" s="6" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="L21" s="9">
-        <v>449.0</v>
+        <v>1899.0</v>
       </c>
       <c r="M21" s="9">
-        <v>489.0</v>
+        <v>2089.0</v>
       </c>
       <c r="N21" s="6"/>
       <c r="O21" s="6" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="Q21" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R21" s="6" t="s">
-        <v>38</v>
+        <v>106</v>
       </c>
       <c r="S21" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U21" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="V21" s="6"/>
       <c r="W21" s="6" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="X21" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y21" s="8">
-        <v>0.107</v>
+        <v>0.557</v>
       </c>
       <c r="Z21" s="6"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="8">
-        <v>560602</v>
+        <v>559036</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>118</v>
+        <v>93</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>119</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
         <v>2025</v>
       </c>
       <c r="J22" s="8">
-        <v>450</v>
+        <v>73</v>
       </c>
       <c r="K22" s="6" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="L22" s="9">
-        <v>2379.0</v>
+        <v>479.0</v>
       </c>
       <c r="M22" s="9">
-        <v>2619.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>529.0</v>
+      </c>
+      <c r="N22" s="6"/>
       <c r="O22" s="6" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q22" s="6" t="s">
-        <v>83</v>
+        <v>37</v>
       </c>
       <c r="R22" s="6" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="S22" s="6" t="s">
         <v>120</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U22" s="6" t="s">
         <v>121</v>
       </c>
       <c r="V22" s="6"/>
       <c r="W22" s="6" t="s">
-        <v>122</v>
+        <v>55</v>
       </c>
       <c r="X22" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y22" s="8">
-        <v>0.675</v>
+        <v>0.107</v>
       </c>
       <c r="Z22" s="6"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="8">
-        <v>559031</v>
+        <v>590065</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J23" s="8">
         <v>124</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="9">
-        <v>649.0</v>
+        <v>689.0</v>
       </c>
       <c r="M23" s="9">
-        <v>709.0</v>
+        <v>759.0</v>
       </c>
       <c r="N23" s="6"/>
       <c r="O23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="V23" s="6"/>
       <c r="W23" s="6" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y23" s="8">
         <v>0.168</v>
       </c>
       <c r="Z23" s="6"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="8">
-        <v>559035</v>
+        <v>590068</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J24" s="8">
         <v>161</v>
       </c>
       <c r="K24" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L24" s="9">
-        <v>919.0</v>
+        <v>979.0</v>
       </c>
       <c r="M24" s="9">
-        <v>1009.0</v>
+        <v>1079.0</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>90</v>
+        <v>66</v>
       </c>
       <c r="O24" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R24" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S24" s="6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T24" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U24" s="6" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="V24" s="6"/>
       <c r="W24" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X24" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y24" s="8">
         <v>0.315</v>
       </c>
       <c r="Z24" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>