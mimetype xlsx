--- v1 (2026-02-10)
+++ v2 (2026-02-25)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
-    <t>10.02.2026</t>
+    <t>25.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>