--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>14.12.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>08.09.2025</t>
   </si>
   <si>
     <t>Договорные органы по правам человека системы ООН. Учебник для вузов</t>
   </si>
   <si>
-    <t>Т.А. Титова [и др.]; ответственные редакторы Т.А. Титова, А.А. Лунев.</t>
+    <t>Отв. ред. Титова Т. А., Лунев А. А.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Международное право и международное частное право</t>
   </si>
   <si>
     <t>Курс подготовлен коллективом авторов кафедры международного права Уральского государственного юридического университета имени В.Ф. Яковлева и предназначен для студентов юридических специальностей. Издание охватывает широкий круг вопросов: от эволюции концепции прав человека до деятельности Совета ООН по правам человека. Особое внимание уделено каждому из основных комитетов по правам человека, функционирующим на основании международных договоров. Подробно рассмотрены процедуры индивидуальных обращений, механизмы мониторинга, а также значимые примеры практики комитетов. Анализируются базовые универсальные договоры ООН в области прав человека. Курс сочетает теоретические положения с практическими аспектами работы договорных органов, что делает его актуальным и полезным как для студентов и преподавателей, так и для специалистов, работающих в области международного права и защиты прав человека.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-21716-2</t>
   </si>
@@ -567,51 +567,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovornye-organy-po-pravam-cheloveka-sistemy-oon-581966" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-gumanitarnoe-pravo-voyna-pamyat-spravedlivost-yuridicheskie-i-istoricheskie-aspekty-566582" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovornye-organy-po-pravam-cheloveka-sistemy-oon-590175" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-gumanitarnoe-pravo-voyna-pamyat-spravedlivost-yuridicheskie-i-istoricheskie-aspekty-587788" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -792,151 +792,151 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>581966</v>
+        <v>590175</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>204</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>1099.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1209.0</v>
+        <v>1299.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.367</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>566582</v>
+        <v>587788</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>312</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1729.0</v>
+        <v>1849.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">