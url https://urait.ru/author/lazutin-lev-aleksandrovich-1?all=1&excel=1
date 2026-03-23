--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>04.02.2026</t>
+    <t>23.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -819,51 +819,51 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>204</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1099.0</v>
+        <v>1179.0</v>
       </c>
       <c r="M5" s="9">
         <v>1299.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>