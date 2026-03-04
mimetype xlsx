--- v0 (2026-02-09)
+++ v1 (2026-03-04)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
-    <t>09.02.2026</t>
+    <t>04.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -193,63 +193,63 @@
   <si>
     <t>14.06.2016</t>
   </si>
   <si>
     <t>РУССКИЙ ЯЗЫК. СБОРНИК УПРАЖНЕНИЙ. Учебник для СПО</t>
   </si>
   <si>
     <t>Под ред. Леканта П.А.</t>
   </si>
   <si>
     <t>«Практический курс русского языка» предназначен всем, кто изучает русский язык: будущим журналистам, учителям, филологам, копирайтерам, редакторам. Содержание и характер тренировочных упражнений обеспечивают овладение компетенциями по дисциплине в ходе изучения категорий, средств, особенностей использования в речи языковых единиц. Сборник составлен опытными преподавателями высочайшей квалификации - докторами и кандидатами наук, имеющими большой опыт работы и стремящимися поделиться своими знаниями.</t>
   </si>
   <si>
     <t>978-5-9916-7796-7</t>
   </si>
   <si>
     <t>81.411.2я723</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
   <si>
     <t>23.04.2013</t>
   </si>
   <si>
-    <t>СОВРЕМЕННЫЙ РУССКИЙ ЯЗЫК 5-е изд. Учебник для вузов</t>
-[...11 lines deleted...]
-    <t>81.2Рус-923я73</t>
+    <t>Современный русский язык 5-е изд. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Лекант П. А., Диброва Е. И., Касаткин Л. Л., Клобуков Е. В. ; Отв. ред. Лекант П. А.</t>
+  </si>
+  <si>
+    <t>Содержит полную характеристику русского литературного языка на современном этапе его развития. Особенность курса доступность изложения, четкость определений, удачный подбор и употребление иллюстративного материала. Глубоко продуманный подход к отбору научных сведений, разнообразие текстов, обращение к языку художественной литературы, наглядные примеры характеризуют состояние современного русского языка и обеспечивают профессиональную направленность и высокий научный уровень материала..</t>
+  </si>
+  <si>
+    <t>978-5-534-19361-9</t>
+  </si>
+  <si>
+    <t>81.2 Рус-923</t>
   </si>
   <si>
     <t>31.07.2015</t>
   </si>
   <si>
     <t>СОВРЕМЕННЫЙ РУССКИЙ ЯЗЫК. СБОРНИК УПРАЖНЕНИЙ. Учебник для вузов</t>
   </si>
   <si>
     <t>Издание предназначено изучающим русский язык в вузе: журналистам, учителям, филологам, копирайтерам, редакторам. Содержание и характер тренировочных упражнений обеспечивают овладение компетенциями по дисциплине в ходе изучения категорий, средств, особенностей использования в речи языковых единиц. Сборник составлен опытными преподавателями высочайшей квалификации - докторами и кандидатами наук, имеющими большой опыт работы и стремящимися поделиться своими знаниями.</t>
   </si>
   <si>
     <t>978-5-534-01166-1</t>
   </si>
   <si>
     <t>81.411.2я73</t>
   </si>
   <si>
     <t>19.01.2017</t>
   </si>
   <si>
     <t>СОВРЕМЕННЫЙ РУССКИЙ ЯЗЫК. СИНТАКСИС. СБОРНИК УПРАЖНЕНИЙ 3-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Лекант П. А., Канафьева А. В.</t>
   </si>
@@ -642,89 +642,89 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-598643" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-598630" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-sbornik-uprazhneniy-584541" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennyy-russkiy-yazyk-582799" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennyy-russkiy-yazyk-sbornik-uprazhneniy-583168" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennyy-russkiy-yazyk-sintaksis-sbornik-uprazhneniy-584837" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-598643" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-598630" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkiy-yazyk-sbornik-uprazhneniy-584541" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennyy-russkiy-yazyk-600388" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennyy-russkiy-yazyk-sbornik-uprazhneniy-583168" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennyy-russkiy-yazyk-sintaksis-sbornik-uprazhneniy-584837" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
     <col min="19" max="19" width="100" customWidth="true" style="0"/>
     <col min="20" max="20" width="19" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.139" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.284" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="14.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="12.426" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="13.854" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
@@ -1077,115 +1077,115 @@
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Y7" s="8">
         <v>0.399</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>582799</v>
+        <v>600388</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
-        <v>493</v>
+        <v>463</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2019.0</v>
+        <v>2379.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2219.0</v>
+        <v>2619.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X8" s="6" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="Y8" s="8">
-        <v>0.572</v>
+        <v>0.681</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
         <v>583168</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>