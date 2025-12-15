--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>05.12.2025</t>
+    <t>15.12.2025</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>