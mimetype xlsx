--- v1 (2025-12-15)
+++ v2 (2026-01-17)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>15.12.2025</t>
+    <t>17.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -852,54 +852,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2025</v>
       </c>
       <c r="J5" s="8">
         <v>278</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2199.0</v>
+        <v>1649.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2419.0</v>
+        <v>1809.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>