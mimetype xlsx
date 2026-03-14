--- v2 (2026-01-17)
+++ v3 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
-[...1 lines deleted...]
-    <t>17.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>ЗАЩИТА РАСТЕНИЙ. СЕЛЬСКОХОЗЯЙСТВЕННАЯ ФИТОПАТОЛОГИЯ 3-е изд., испр. и доп. Учебное пособие для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> М. М. Левитин.</t>
+    <t>Левитин М. М.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Естественные науки</t>
   </si>
   <si>
     <t>Биология и биотехнологии</t>
   </si>
   <si>
     <t>Болезни растений приводят к существенным потерям урожая сельскохозяйственных культур. При этом потери выражаются не только в уменьшении урожая, но также и в ухудшении его качества. Для того чтобы снизить эти потери, улучшить фитосанитарную обстановку на посевах сельскохозяйственных культур, необходимо знать симптомы болезни, возбудителей заболевания, особенности их биологии, эффективность различных мероприятий, способствующих снижению вредоносности возбудителей болезней. Цель данного курса — дать студентам представление о наиболее опасных заболеваниях растений, причинах возникновения болезней, факторах, способствующих развитию того или иного заболевания, методах защиты растений от болезни. К курсу прилагаются цветные иллюстрации, расположенные в карточке книги на сайте Образовательной платформы Юрайт. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-21021-7</t>
   </si>
@@ -184,54 +184,51 @@
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Сельскохозяйственные науки</t>
   </si>
   <si>
     <t>Агрономия</t>
   </si>
   <si>
     <t>Курс посвящён изучению токсигенных грибов и микотоксинов — вторичных метаболитов, оказывающих токсическое воздействие на человека, животных и растения. Особое внимание уделяется основным родам микромицетов (Fusarium, Aspergillus, Alternaria, Claviceps, Penicillium), их токсикологической характеристике, механизму действия микотоксинов, а также методам профилактики и деконтаминации загрязнённой продукции. Курс ориентирован на студентов биологических, медицинских, ветеринарных и аграрных направлений.</t>
   </si>
   <si>
     <t>978-5-534-21239-6</t>
   </si>
   <si>
     <t>28.591.5я73</t>
   </si>
   <si>
     <t>29.10.2021</t>
   </si>
   <si>
-    <t>СЕЛЬСКОХОЗЯЙСТВЕННАЯ ФИТОПАТОЛОГИЯ 3-е изд. Учебное пособие для вузов</t>
-[...2 lines deleted...]
-    <t>Левитин М. М.</t>
+    <t>СЕЛЬСКОХОЗЯЙСТВЕННАЯ ФИТОПАТОЛОГИЯ 3-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Болезни растений приводят к существенным потерям урожая сельскохозяйственных культур. При этом потери выражаются не только в уменьшении урожая, но также и в ухудшении его качества. Для того чтобы снизить эти потери, улучшить фитосанитарную обстановку на посевах сельскохозяйственных культур, необходимо знать симптомы болезни, возбудителей заболевания, особенности их биологии, эффективность различных мероприятий, способствующих снижению вредоносности возбудителей болезней. Цель данного курса — дать студентам представление о наиболее опасных заболеваниях растений, причинах возникновения болезней, факторах, способствующих развитию того или иного заболевания, методах защиты растений от болезни.</t>
   </si>
   <si>
     <t>978-5-534-21020-0</t>
   </si>
   <si>
     <t>44.7я73</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -600,51 +597,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zaschita-rasteniy-selskohozyaystvennaya-fitopatologiya-559173" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mikologiya-mikotoksikologiya-581763" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/selskohozyaystvennaya-fitopatologiya-559172" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zaschita-rasteniy-selskohozyaystvennaya-fitopatologiya-584916" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mikologiya-mikotoksikologiya-590489" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/selskohozyaystvennaya-fitopatologiya-583334" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -825,255 +822,255 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559173</v>
+        <v>584916</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>278</v>
+        <v>315</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1649.0</v>
+        <v>1689.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1809.0</v>
+        <v>1859.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.52</v>
+        <v>0.501</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>581763</v>
+        <v>590489</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>98</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="9">
-        <v>439.0</v>
+        <v>469.0</v>
       </c>
       <c r="M6" s="9">
-        <v>479.0</v>
+        <v>519.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>53</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>54</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.137</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>559172</v>
+        <v>583334</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
-        <v>278</v>
+        <v>315</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2199.0</v>
+        <v>1689.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2419.0</v>
+        <v>1859.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
-        <v>0.52</v>
+        <v>0.501</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>