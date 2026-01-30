--- v0 (2025-12-25)
+++ v1 (2026-01-30)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>25.12.2025</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -154,51 +154,51 @@
   <si>
     <t>Национальная и экономическая безопасность</t>
   </si>
   <si>
     <t>В пособии рассмотрена система документов, связанных со стратегическими аспектами обеспечения экономической безопасности страны. Приводятся основные понятия обеспечения экономической безопасности на всех уровнях от личности и хозяйствующих субъектов (предприятий) до общества и государства. Обосновывается необходимость проведения системного анализа массива вызовов, рисков и угроз с помощью современных инструментов для выявления ключевых угроз, без учета которых трудно реализовать стратегическое планирование в сфере обеспечения экономической безопасности на федеральном, региональном и муниципальном уровнях. Использованы результаты исследований, выполненных ведущими отечественными и зарубежными учеными и практиками в области экономической безопасности, а также результаты собственных разработок. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Учебное пособие предназначено для студентов специальности 38.05.01 «Экономическая безопасность» всех форм обучения, изучающих дисциплину «Стратегические аспекты экономической безопасности». Приведена необходимая для изучения литература [1 63]. Пособие может быть полезно специалистам предприятий и организаций, занятых вопросами обеспечения их экономической безопасности.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-13505-3</t>
   </si>
   <si>
     <t>65я73</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
   <si>
     <t>02.11.2020</t>
   </si>
   <si>
     <t>ЭКОНОМИКО-ПРАВОВАЯ ЗАЩИТА ИНТЕЛЛЕКТУАЛЬНОЙ СОБСТВЕННОСТИ. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. В. Лихолетов,  О. В. Рязанцева.</t>
+    <t>Лихолетов В. В., Рязанцева О. В.</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Авторское право. Интеллектуальная собственность</t>
   </si>
   <si>
     <t>В пособии рассмотрены основные понятия сферы экономико-правовой защиты объектов интеллектуальной собственности. Использованы результаты исследований, выполненных ведущими отечественными и зарубежными учеными и практиками в области защиты интеллектульной собственности, а также некоторые результаты собственных разработок. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Учебное пособие предназначено для студентов специальности 38.05.01 «Экономическая безопасность» всех форм обучения, изучающих дисциплину «Экономико-правовая защита интеллектуальной собственности». Может быть полезно специалистам предприятий и организаций, занятых вопросами обеспечения защиты объектов интеллектуальной собственности.</t>
   </si>
   <si>
     <t>978-5-534-13498-8</t>
   </si>
   <si>
     <t>67.404.3я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>30.07.2024</t>
   </si>
   <si>
     <t>ЭКОНОМИЧЕСКАЯ БЕЗОПАСНОСТЬ ИННОВАЦИОННОЙ ПОЛИТИКИ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
@@ -588,51 +588,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskie-aspekty-ekonomicheskoy-bezopasnosti-567421" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomiko-pravovaya-zaschita-intellektualnoy-sobstvennosti-557373" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-bezopasnost-innovacionnoy-politiki-567420" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskie-aspekty-ekonomicheskoy-bezopasnosti-567421" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomiko-pravovaya-zaschita-intellektualnoy-sobstvennosti-588314" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-bezopasnost-innovacionnoy-politiki-588321" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -883,69 +883,69 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.29</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>557373</v>
+        <v>588314</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>191</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1049.0</v>
       </c>
       <c r="M6" s="9">
         <v>1149.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>47</v>
       </c>
@@ -953,69 +953,69 @@
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y6" s="8">
         <v>0.351</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>567420</v>
+        <v>588321</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>196</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>1069.0</v>
       </c>
       <c r="M7" s="9">
         <v>1179.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>