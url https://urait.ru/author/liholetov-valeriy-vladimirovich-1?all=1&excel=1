--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>30.01.2026</t>
+    <t>18.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -840,54 +840,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2025</v>
       </c>
       <c r="J5" s="8">
         <v>201</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>879.0</v>
+        <v>939.0</v>
       </c>
       <c r="M5" s="9">
-        <v>969.0</v>
+        <v>1029.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -910,54 +910,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>191</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1049.0</v>
+        <v>1119.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1149.0</v>
+        <v>1229.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
@@ -980,54 +980,54 @@
       <c r="B7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>196</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1069.0</v>
+        <v>1139.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1179.0</v>
+        <v>1249.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>