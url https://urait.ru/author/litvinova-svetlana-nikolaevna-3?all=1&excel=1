--- v0 (2025-12-06)
+++ v1 (2026-02-07)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
-[...1 lines deleted...]
-    <t>06.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+  <si>
+    <t>07.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>ДОШКОЛЬНОЕ ОБРАЗОВАНИЕ. ЦИФРОВЫЕ ИНСТРУМЕНТЫ. Учебное пособие для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> С. Н. Литвинова,  Ю. В. Челышева.</t>
+    <t>Литвинова С. Н., Челышева Ю. В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Педагогика, психология, социальная работа</t>
   </si>
   <si>
     <t>Дошкольная педагогика</t>
   </si>
   <si>
     <t>Данный курс содержит теоретический и практический материал по применению цифровых инструментов в работе с детьми дошкольного возраста. В курсе представлены методические возможности информационно-коммуникационных цифровых технологий в работе с дошкольниками, особенности интеграции цифровых образовательных ресурсов в содержание педагогической деятельности в дошкольном образовании. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20938-9</t>
   </si>
@@ -173,53 +173,50 @@
     <t>31.01.2020</t>
   </si>
   <si>
     <t>ТЕОРЕТИЧЕСКИЕ И МЕТОДИЧЕСКИЕ ОСНОВЫ ОРГАНИЗАЦИИ ИГРОВОЙ ДЕЯТЕЛЬНОСТИ ДЕТЕЙ РАННЕГО И ДОШКОЛЬНОГО ВОЗРАСТА. Учебник для СПО</t>
   </si>
   <si>
     <t>под науч. ред. Савенкова А.И.</t>
   </si>
   <si>
     <t>В курсе рассматриваются теоретические и методические основы организации игровой деятельности детей раннего и дошкольного возрастов. В содержании последовательно излагаются вопросы теории использования игры и игрушки как дидактических средств, методики планирования и организации игровой деятельности детей раннего и дошкольного возрастов, описываются основные аспекты проблематики психологии игры. Содержание курса соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего специального образования Российской Федерации. Для учащихся средних специальных учебных заведений, обучающихся по укрупненной группе специальностей — «образование и педагогические науки», а также преподавателей педагогических колледжей.</t>
   </si>
   <si>
     <t>978-5-534-12667-9</t>
   </si>
   <si>
     <t>77я723</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>29.09.2021</t>
   </si>
   <si>
     <t>ЦИФРОВЫЕ ИНСТРУМЕНТЫ В РАБОТЕ С ДЕТЬМИ ДОШКОЛЬНОГО ВОЗРАСТА. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Литвинова С. Н., Челышева Ю. В.</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Данный курс содержит теоретический и практический материал по применению цифровых инструментов в работе с детьми дошкольного возраста. В курсе представлены методические возможности информационно-коммуникационных цифровых технологий в работе с дошкольниками, особенности интеграции цифровых образовательных ресурсов в содержание педагогической деятельности в дошкольном образовании. Курс включает дополнительный практический материал, размещенный на сайте urait.ru. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс предназначен для бакалавров и магистрантов, слушателей программ повышения квалификации, обучающихся по направлениям подготовки «Психолого-педагогическое образование», «Педагогическое образование», а также для специалистов-практиков, работающих с детьми дошкольного возраста.</t>
   </si>
   <si>
     <t>978-5-534-14722-3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -591,51 +588,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/doshkolnoe-obrazovanie-cifrovye-instrumenty-559020" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoreticheskie-i-metodicheskie-osnovy-organizacii-igrovoy-deyatelnosti-detey-rannego-i-doshkolnogo-vozrasta-566298" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovye-instrumenty-v-rabote-s-detmi-doshkolnogo-vozrasta-568087" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/doshkolnoe-obrazovanie-cifrovye-instrumenty-590061" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoreticheskie-i-metodicheskie-osnovy-organizacii-igrovoy-deyatelnosti-detey-rannego-i-doshkolnogo-vozrasta-587593" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovye-instrumenty-v-rabote-s-detmi-doshkolnogo-vozrasta-588889" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -816,245 +813,245 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559020</v>
+        <v>590061</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>188</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>829.0</v>
+        <v>889.0</v>
       </c>
       <c r="M5" s="9">
-        <v>909.0</v>
+        <v>979.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.277</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>566298</v>
+        <v>587593</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>339</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1679.0</v>
+        <v>1799.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1849.0</v>
+        <v>1979.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Y6" s="8">
         <v>0.531</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>568087</v>
+        <v>588889</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>188</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>829.0</v>
+        <v>889.0</v>
       </c>
       <c r="M7" s="9">
-        <v>909.0</v>
+        <v>979.0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.277</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>