--- v1 (2026-02-07)
+++ v2 (2026-03-04)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>07.02.2026</t>
+    <t>04.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>