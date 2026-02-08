--- v0 (2025-12-06)
+++ v1 (2026-02-08)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
-    <t>06.12.2025</t>
+    <t>08.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>20.03.2024</t>
   </si>
   <si>
     <t>ЛИНЕЙНАЯ АЛГЕБРА И АНАЛИТИЧЕСКАЯ ГЕОМЕТРИЯ 2-е изд. Учебник и практикум для СПО</t>
   </si>
   <si>
-    <t>Плотникова Е. Г., Иванов А. П., Логинова В. В., Морозова А. В. ; Под ред. Плотниковой Е. Г.</t>
+    <t>Плотникова Е. Г., Иванов А. П., Логинова В. В., Морозова А. В. ; Под ред. Плотниковой Е.Г.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Математика и статистика</t>
   </si>
   <si>
     <t>Алгебра</t>
   </si>
   <si>
     <t>Данный курс предназначен в помощь учащимся, изучающим линейную алгебру и аналитическую геометрию в качестве базовой дисциплины математического и научного цикла. В простой и наглядной форме изложены основные математические понятия, методы решения задач. Каждая тема содержит необходимый теоретический материал, иллюстрированный примерами, контрольные вопросы, задания для самостоятельного решения. Отдельные подтемы посвящены экономическим приложениям рассмотренных математических понятий и методов. Главной отличительной особенностью курса является большой банк тестовых заданий, которые можно использовать для организации как аудиторной, так и внеаудиторной самостоятельной работы учащихся, а также для контроля знаний, в том числе автоматизированного. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования экономических и других специальностей, а также преподавателей и лиц, занимающихся самообразованием.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-18888-2</t>
   </si>
@@ -172,75 +172,75 @@
   <si>
     <t>ЛИНЕЙНАЯ АЛГЕБРА И АНАЛИТИЧЕСКАЯ ГЕОМЕТРИЯ 2-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Данный курс предназначен в помощь студентам-бакалаврам, изучающим линейную алгебру и аналитическую геометрию в качестве базовой дисциплины математического и научного цикла. В простой и наглядной форме изложены основные математические понятия, методы решения задач. Каждая тема содержит необходимый теоретический материал, иллюстрированный примерами, контрольные вопросы, задания для самостоятельного решения. Отдельные подтемы посвящены экономическим приложениям рассмотренных математических понятий и методов. Главной отличительной особенностью курса является большой банк тестовых заданий, которые можно использовать для организации как аудиторной, так и внеаудиторной самостоятельной работы студентов, а также для контроля знаний, в том числе автоматизированного. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для бакалавров, магистров, аспирантов экономических и других специальностей и направлений вузов, а также преподавателей и лиц, занимающихся самообразованием.</t>
   </si>
   <si>
     <t>978-5-534-18887-5</t>
   </si>
   <si>
     <t>22.1я73</t>
   </si>
   <si>
     <t>13.05.2018</t>
   </si>
   <si>
     <t>МАТЕМАТИЧЕСКИЙ АНАЛИЗ И ДИСКРЕТНАЯ МАТЕМАТИКА 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Плотникова Е. Г., Левко С. В., Логинова В. В., Хакимова Г. М. ; Под общ. ред. Плотниковой Е. Г.</t>
+    <t>Плотникова Е. Г., Левко С. В., Логинова В. В., Хакимова Г. М. ; Под общ. ред. Плотниковой Е.Г.</t>
   </si>
   <si>
     <t>Математический анализ</t>
   </si>
   <si>
     <t>Учебное пособие содержит практические задания по таким разделам математики, как функции переменных и дискретная математика. В первой части дается дифференциальное и интегральное исчисление функции нескольких переменных, описывается теория поля. Во второй части охарактеризованы множества, представлены основные формулы комбинаторики, теория графов, переключительные функции.</t>
   </si>
   <si>
     <t>978-5-534-07545-8</t>
   </si>
   <si>
     <t>22.16я73</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
   <si>
     <t>22.12.2017</t>
   </si>
   <si>
     <t>МАТЕМАТИЧЕСКИЙ АНАЛИЗ. СБОРНИК ЗАДАНИЙ 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Под общ. ред. Плотниковой Е. Г.</t>
+    <t>Под общ. ред. Плотниковой Е.Г.</t>
   </si>
   <si>
     <t>Данное учебное пособие представляет собой сборник задач, составленный на основе многолетнего опыта работы авторов, его цель — развитие и активизация навыков самостоятельной работы студентов. Сборник содержит наборы индивидуальных заданий по основным разделам курса математического анализа. В каждом задании предложено 34 типовых варианта, сопровождающихся примерами решения с необходимыми методическими указаниями. Данные задания могут использоваться для организации как аудиторной, так и самостоятельной работы студентов, а также для составления расчетных и контрольных работ.</t>
   </si>
   <si>
     <t>978-5-534-11516-1</t>
   </si>
   <si>
     <t>22.161я73</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -609,51 +609,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lineynaya-algebra-i-analiticheskaya-geometriya-565953" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lineynaya-algebra-i-analiticheskaya-geometriya-560611" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematicheskiy-analiz-i-diskretnaya-matematika-563921" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematicheskiy-analiz-sbornik-zadaniy-563920" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lineynaya-algebra-i-analiticheskaya-geometriya-587372" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lineynaya-algebra-i-analiticheskaya-geometriya-583462" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematicheskiy-analiz-i-diskretnaya-matematika-586116" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematicheskiy-analiz-sbornik-zadaniy-586115" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -834,289 +834,289 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>565953</v>
+        <v>587372</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>416</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2019.0</v>
+        <v>2159.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2219.0</v>
+        <v>2369.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.624</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>560611</v>
+        <v>583462</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>416</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2019.0</v>
+        <v>2159.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2219.0</v>
+        <v>2369.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.624</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>563921</v>
+        <v>586116</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>300</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1219.0</v>
+        <v>1299.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1339.0</v>
+        <v>1429.0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Y7" s="8">
         <v>0.385</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>563920</v>
+        <v>586115</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>206</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1109.0</v>
+        <v>1189.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1219.0</v>
+        <v>1309.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">