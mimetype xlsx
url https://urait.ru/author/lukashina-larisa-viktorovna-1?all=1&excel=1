--- v0 (2025-12-10)
+++ v1 (2026-02-14)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>10.12.2025</t>
+    <t>14.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>04.09.2014</t>
   </si>
   <si>
     <t>КОНЦЕПЦИИ СОВРЕМЕННОГО ЕСТЕСТВОЗНАНИЯ. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. А. Канке,  Л. В. Лукашина.</t>
+    <t>Канке В. А., Лукашина Л. В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Естественные науки</t>
   </si>
   <si>
     <t>Естествознание</t>
   </si>
   <si>
     <t>Настоящий учебник представляет собой оригинальное изложение курса «Концепции современного естествознания». Отдельные главы посвящены концептуальному устройству наук, физическим, астрономическим и космологическим, геологическим, химическим и биологическим концепциям. Изложение ведется с позиций теории концептуальной трансдукции. Значительное внимание уделяется достижениям естествознания XXI в., их методологическим основаниям, плюрализму знания, трансдисциплинарному подходу, этическим проблемам. Успешно освоить учебный материал поможет методический корпус, включающий тесты, задания, вопросы для самоконтроля, многочисленные пояснительные рисунки и справочные материалы.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-9916-5051-9</t>
   </si>
@@ -549,51 +549,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/koncepcii-sovremennogo-estestvoznaniya-555739" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/koncepcii-sovremennogo-estestvoznaniya-582575" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -774,81 +774,81 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>555739</v>
+        <v>582575</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>362</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1779.0</v>
+        <v>1909.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1959.0</v>
+        <v>2099.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>