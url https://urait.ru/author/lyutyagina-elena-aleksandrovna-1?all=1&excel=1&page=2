--- v0 (2025-12-06)
+++ v1 (2026-01-22)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
-[...1 lines deleted...]
-    <t>06.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+  <si>
+    <t>22.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -172,51 +172,51 @@
   <si>
     <t>АДМИНИСТРАТИВНО-ПРОЦЕССУАЛЬНОЕ ПРАВО 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В курсе рассматриваются понятие, принципы, источники, система и основные институты административно-процессуального права как комплекса норм, регулирующих административное судопроизводство. Раскрыты вопросы разрешения дел из административных и иных публичных правоотношений судами общей юрисдикции и арбитражными судами. Наличие схематически изложенного материала дает студентам возможность существенно сократить время на подготовку и яснее видеть суть материала, проявить определенную самостоятельность в его изучении. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Курс предназначен для студентов юридических направлений и специальностей.</t>
   </si>
   <si>
     <t>978-5-534-17415-1</t>
   </si>
   <si>
     <t>67я723</t>
   </si>
   <si>
     <t>25.09.2024</t>
   </si>
   <si>
     <t>АДМИНИСТРАТИВНОЕ ПРАВО 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Е. А. Лютягина,  А. М. Волков.</t>
+    <t>Лютягина Е. А., Волков А. М.</t>
   </si>
   <si>
     <t>Курс охватывает темы базовой (обязательной) части профессионального цикла курса «Административное право». В нем рассмотрены основные понятия административного права: публичное администрирование как предмет административного права, принципы и система публичного администрирования. Основное внимание уделено субъектам административно-правовых отношений, приведена их классификация на публичные и частные, рассмотрен их статус. Для студентов образовательных учреждений среднего профессионального образования. Курс может быть полезен и всем тем, кто интересуется вопросами административного права и публичного администрирования различных областей деятельности.</t>
   </si>
   <si>
     <t>978-5-534-20517-6</t>
   </si>
   <si>
     <t>67.401я723</t>
   </si>
   <si>
     <t>АДМИНИСТРАТИВНОЕ ПРАВО 3-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>978-5-534-20515-2</t>
   </si>
   <si>
     <t>10.06.2025</t>
   </si>
   <si>
     <t>Административное право России. Курс в схемах и таблицах 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Лютягина Е. А., Волков А. М. ; Под общ. ред. Лютягиной Е.А.</t>
   </si>
@@ -250,155 +250,143 @@
   <si>
     <t>978-5-534-18181-4</t>
   </si>
   <si>
     <t>67.401я73</t>
   </si>
   <si>
     <t>13.11.2023</t>
   </si>
   <si>
     <t>АДМИНИСТРАТИВНОЕ СУДОПРОИЗВОДСТВО. Учебник для СПО</t>
   </si>
   <si>
     <t>В настоящем курсе дается системная характеристика содержания предмета современного административного процесса как формы административного судопроизводства (в сравнении с публичным администрированием) и, в частности, раскрываются содержание и особенности административного иска как способа защиты прав и интересов субъектов в административном судопроизводстве. По своему содержанию данное издание представляет собой изложение всех тем программы курса административного судопроизводства. Учебное и методическое предназначение его видится в том, чтобы оно использовалось, прежде всего, для ознакомления с каждой темой. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов юридических направлений и специальностей, а также всех тех, кто интересуется административным судопроизводством.</t>
   </si>
   <si>
     <t>978-5-534-18188-3</t>
   </si>
   <si>
     <t>21.10.2024</t>
   </si>
   <si>
     <t>ОБЩЕСТВОЗНАНИЕ. ОСНОВЫ ГОСУДАРСТВА И ПРАВА 4-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> Е. А. Лютягина,  А. М. Волков ; под общей редакцией Е. А. Лютягиной.</t>
-[...1 lines deleted...]
-  <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>Политология. Обществознание</t>
   </si>
   <si>
     <t>В курсе излагаются ключевые понятия и категории современной юридической науки. Курс рассчитан в первую очередь на студентов, обучающихся по направлению подготовки «Государственное и муниципальное управление» и по другим неюридическим направлениям и специальностям. Он позволяет им усвоить дисциплину «Основы права» («Правоведение»), получить полные, системные знания, необходимые для успешного освоения других учебных юридических дисциплин. Курс подготовлен с учетом опыта преподавания в Московском финансово-юридическом университете, Московском университете МВД России, Российском университете дружбы народов и других вузах. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования и преподавателей.</t>
   </si>
   <si>
     <t>978-5-534-20611-1</t>
   </si>
   <si>
     <t>67.0я723</t>
   </si>
   <si>
     <t>ОСНОВЫ ПРАВА 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе излагаются ключевые понятия и категории современной юридической науки. Курс позволяет усвоить дисциплину «Основы права» («Правоведение»), получить полные, системные знания, необходимые для успешного освоения других учебных юридических дисциплин. Особенность курса состоит в том, что он показывает, как можно с помощью схем и таблиц, включая и «зрительную» память, содействовать запоминанию материала. Наличие схематически изложенного материала дает возможность существенно сократить время на подготовку и яснее видеть суть каждой темы, проявить определенную самостоятельность в их изучении. Для студентов и преподавателей неюридических высших учебных заведений.</t>
   </si>
   <si>
     <t>978-5-534-20600-5</t>
   </si>
   <si>
     <t>67.0я73</t>
   </si>
   <si>
-    <t>28.02.2023</t>
-[...2 lines deleted...]
-    <t>ОСНОВЫ ПРАВА ДЛЯ КОЛЛЕДЖЕЙ 3-е изд., пер. и доп. Учебник для СПО</t>
+    <t>23.12.2025</t>
+  </si>
+  <si>
+    <t>Основы права 4-е изд., пер. и доп. Учебник для СПО</t>
+  </si>
+  <si>
+    <t>Е.А. Лютягина, А.М. Волков; под общей редакцией Е.А. Лютягиной.</t>
   </si>
   <si>
     <t>Правоведение</t>
   </si>
   <si>
-    <t>Курс формирует компетенции учащихся в объеме, предусмотренном требованиями стандарта среднего (полного) общего образования по обществознанию. В нем излагаются ключевые понятия и категории современной юридической науки. Студенты усвоят курс «Основы права», получат полные, системные знания, необходимые для успешного освоения других учебных юридических дисциплин. Особенность курса состоит в том, что он показывает, как можно с помощью схем и таблиц, включая и «зрительную» память, содействовать запоминанию материала. Наличие схематически изложенного материала дает возможность существенно сократить время на подготовку и яснее видеть суть каждой темы, проявить определенную самостоятельность в их изучении. Курс подготовлен с учетом опыта преподавания в колледже Московского финансово-юридического университета (МФЮА), школах г. Москвы, Московском университете МВД России, Российском университете дружбы народов и других вузах. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования. Для слушателей, студентов, учащихся, педагогов и преподавателей учебных заведений среднего профессионального образования.</t>
-[...2 lines deleted...]
-    <t>978-5-534-16142-7</t>
+    <t>Курс формирует компетенции учащихся в объеме, предусмотренном требованиями стандарта среднего (полного) общего образования по обществознанию. В нем излагаются ключевые понятия и категории современной юридической науки. Студенты усвоив курс «Основы права», получат полные, системные знания, необходимые для успешного освоения других учебных юридических дисциплин. Особенность курса состоит в том, что он показывает, как можно с помощью схем и таблиц, включая и «зрительную» память, содействовать запоминанию материала. Наличие схематически изложенного материала дает возможность существенно сократить время на подготовку и яснее видеть суть каждой темы, проявить определенную самостоятельность в их изучении. Курс подготовлен с учетом опыта преподавания в колледже Московского финансово-юридического университета (МФЮА), школах г. Москвы, Московском университете МВД России, Российском университете дружбы народов и других вузах.</t>
+  </si>
+  <si>
+    <t>978-5-534-18413-6</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>ОСНОВЫ РОССИЙСКОЙ ГОСУДАРСТВЕННОСТИ. ПОЛИТИКО-ПРАВОВАЯ СИСТЕМА 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>978-5-534-20612-8</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>ОСНОВЫ РОССИЙСКОЙ ГОСУДАРСТВЕННОСТИ. ПРАВОВАЯ СИСТЕМА 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе излагаются ключевые понятия и категории современной правовой системы России. Студенты усвоят курс «Основы российской государственности. Правовая система», получат полные, системные знания, необходимые для успешного освоения других учебных дисциплин. Особенность курса состоит в том, что он показывает, как можно с помощью схем и таблиц, включая и «зрительную» память, содействовать запоминанию материала. Наличие схематически изложенного материала дает возможность существенно сократить время на подготовку и яснее видеть суть каждой темы, проявить определенную самостоятельность в их изучении. Курс подготовлен с учетом опыта преподавания в Московском финансово-юридическом университете (МФЮА), Московском университете МВД России, Российском университете дружбы народов и других вузах. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов и преподавателей учебных заведений высшего образования.</t>
   </si>
   <si>
     <t>978-5-534-18174-6</t>
   </si>
   <si>
     <t>25.07.2023</t>
   </si>
   <si>
     <t>ОСНОВЫ ЭКОЛОГИЧЕСКОГО ПРАВА 4-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Земельное право. Экологическое право</t>
   </si>
   <si>
     <t>Проблемы регулирования природопользования и охраны окружающей среды в последние годы все чаще находятся в центре внимания юридической науки. Это обусловлено тем, что правовое обеспечение деятельности природопользователей — особая сфера деятельности государства. Являясь собственником большей части природных ресурсов, оно обязано не только заботиться о получении доходов в бюджет страны от их использования, но и учитывать интересы будущих поколений. Особенностями и преимуществами данного издания являются новый подход к регулированию природопользования (публичное администрирование) и наличие практикума с задачами и тестами для практического закрепления изучаемого материала.</t>
   </si>
   <si>
     <t>978-5-534-17345-1</t>
   </si>
   <si>
     <t>67.407я723</t>
   </si>
   <si>
-    <t>13.02.2025</t>
-[...5 lines deleted...]
-    <t xml:space="preserve"> А. М. Волков,  Е. А. Лютягина.</t>
+    <t>05.09.2022</t>
+  </si>
+  <si>
+    <t>ПРАВОВЕДЕНИЕ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>В учебнике дается изложение современного понимания правоведения, в доступной форме излагаются обобщенные систематизированные знания о функционировании и развитии правовых явлений и институтов, научные представления о социальной природе, сущности и назначении права. Особенность учебника состоит в том, что он показывает, как можно с помощью схем и таблиц, включая и «зрительную» память, содействовать запоминанию материала. Наличие схематически изложенного материала дает студентам возможность существенно сократить время на подготовку и яснее видеть суть каждой темы, проявить определенную самостоятельность в их изучении. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Книга рассчитана в первую очередь на студентов, обучающихся по неюридическим специальностям.</t>
   </si>
   <si>
-    <t>978-5-534-08618-8</t>
-[...7 lines deleted...]
-  <si>
     <t>978-5-534-15665-2</t>
   </si>
   <si>
     <t>ПРАВОВОЕ ОБЕСПЕЧЕНИЕ ПРОФЕССИОНАЛЬНОЙ ДЕЯТЕЛЬНОСТИ 4-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В курсе излагаются ключевые понятия и категории современной юридической науки. Курс рассчитан в первую очередь на студентов, обучающихся по направлению подготовки «Государственное и муниципальное управление» и по другим неюридическим направлениям и специальностям. Он позволяет им усвоить дисциплину «Основы права» («Правоведение»), получить полные, системные знания, необходимые для успешного освоения других учебных юридических дис циплин. Курс подготовлен с учетом опыта преподавания в учебных заведениях Москвы. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов и преподавателей образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20613-5</t>
   </si>
   <si>
     <t>14.01.2021</t>
   </si>
   <si>
     <t>ПРАВОВОЕ ОБЕСПЕЧЕНИЕ ПРОФЕССИОНАЛЬНОЙ ДЕЯТЕЛЬНОСТИ В IT-СФЕРЕ. СХЕМЫ, ТАБЛИЦЫ, ОПРЕДЕЛЕНИЯ, КОММЕНТАРИИ. Учебник для вузов</t>
   </si>
   <si>
     <t>Правовое регулирование отраслей</t>
   </si>
   <si>
     <t>В курсе собраны основные положения данной дисциплины, которые помогут понять, успешно реализовать и защитить свои права. Уже после изучения первых страниц можно на деле проверить, что схемы и таблицы помогут разобраться с дисциплиной. Впоследствии раскроется более четкая картина понятий государства и права, правовых отношений. Полученные знания можно легко адаптировать к любой дисциплине, в том числе и юридической, сделав ее максимально простой в изучении. Все, что для этого нужно, — внимательно изучить приемы и практики, внедрить их в свою учебу. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Курс будет интересен студентам направлений и специальностей в сфере информационных технологий.</t>
   </si>
   <si>
     <t>978-5-534-14114-6</t>
@@ -431,62 +419,50 @@
     <t>23.04.2021</t>
   </si>
   <si>
     <t>ПРАВОВОЕ ОБЕСПЕЧЕНИЕ ПРОФЕССИОНАЛЬНОЙ ДЕЯТЕЛЬНОСТИ В ТОРГОВЛЕ. Учебник для СПО</t>
   </si>
   <si>
     <t>В курсе изложены основные положения данной дисциплины, которые помогут понять, успешно реализовать и защитить свои права. Схемы и таблицы, представленные в настоящем издании, помогут лучше усвоить учебный материал. Полученные знания можно легко адаптировать к любой дисциплине, в том числе и юридической, сделав ее максимально простой в изучении. Все, что для этого нужно, — внимательно изучить приемы и практики и применить их при обучении. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по направлениям и специальностям в сфере торговли.</t>
   </si>
   <si>
     <t>978-5-534-14240-2</t>
   </si>
   <si>
     <t>67.404(я723)</t>
   </si>
   <si>
     <t>ПРАВОВЫЕ ОСНОВЫ ПРИРОДОПОЛЬЗОВАНИЯ И ОХРАНЫ ОКРУЖАЮЩЕЙ СРЕДЫ 4-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В курсе рассмотрены основные понятия и институты права природопользования, в том числе: предмет, метод и система российского законодательства о природных ресурсах, источники и принципы, публичные и частные субъекты, объекты правоотношений в области природопользования, право собственности и другие вещные права на объекты природы и природные ресурсы, регулирование и управление в области природопользования и охраны окружающей среды, вопросы юридической ответственности за правонарушения в данной области. В нем также описан правовой режим использования и охраны отдельных природных ресурсов: земельных, водных, лесных и ресурсов недр, дана характеристика глобальных правовых норм природопользования и охраны окружающей среды, органов управления природопользованием и охраной окружающей среды в зарубежных государствах. Курс подготовлен в соответствии с Федеральным государственным образовательным стандартом высшего образования по направлению подготовки «Юриспруденция» (квалификация (степень) — бакалавр), охватывает темы курса «Правовые основы природопользования и охраны окружающей среды». Для студентов всех форм обучения, может быть полезен и всем тем, кто интересуется вопросами права и правоотношений в сфере природопользования и охраны окружающей среды.</t>
   </si>
   <si>
     <t>978-5-534-17344-4</t>
   </si>
   <si>
     <t>67.407я73</t>
-  </si>
-[...10 lines deleted...]
-    <t>978-5-534-16170-0</t>
   </si>
   <si>
     <t>12.11.2024</t>
   </si>
   <si>
     <t>ТЕОРИЯ ГОСУДАРСТВА И ПРАВА. СХЕМЫ, ТАБЛИЦЫ, ОПРЕДЕЛЕНИЯ, КОММЕНТАРИИ 2-е изд., пер. и доп. Учебное пособие для вузов</t>
   </si>
   <si>
     <t>Основы государства и права. Теория государства и права</t>
   </si>
   <si>
     <t>Курс будет интересен студентам, обучающимся по гуманитарным направлениям. Уже после изучения первых страниц можно на деле проверить, что схемы и таблицы помогут разобраться с дисциплиной. Впоследствии раскроется более четкая картина понятий государства и права, правовых отношений. В курсе собраны основные положения данной дисциплины, которые помогут успешно реализовать и защитить свои субъективные права. Полученные знания можно легко адаптировать к любой юридической дисциплине, сделав ее максимально простой в изучении. Всё, что для этого нужно, — внимательно изучить приемы и практики, внедрить их в свою учебу. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Предназначено для студентов высших учебных заведений, обучающихся по гуманитарным направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20664-7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
@@ -861,59 +837,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativno-processualnoe-pravo-568069" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativno-processualnoe-pravo-580517" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-558299" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-558297" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-rossii-kurs-v-shemah-i-tablicah-581283" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-rossii-kurs-v-shemah-i-tablicah-581514" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-sudoproizvodstvo-568593" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-sudoproizvodstvo-568790" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschestvoznanie-osnovy-gosudarstva-i-prava-558464" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-prava-558454" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-prava-dlya-kolledzhey-565356" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-rossiyskoy-gosudarstvennosti-politiko-pravovaya-sistema-558465" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-rossiyskoy-gosudarstvennosti-pravovaya-sistema-568820" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-ekologicheskogo-prava-561241" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-580425" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-580424" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-558466" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-it-sfere-shemy-tablicy-opredeleniya-kommentarii-567778" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-it-sfere-shemy-tablicy-opredeleniya-kommentarii-567785" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-medicine-567817" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-torgovle-567818" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-osnovy-prirodopolzovaniya-i-ohrany-okruzhayuschey-sredy-560598" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-osnovy-professionalnoy-deyatelnosti-580426" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-gosudarstva-i-prava-shemy-tablicy-opredeleniya-kommentarii-558549" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativno-processualnoe-pravo-588875" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativno-processualnoe-pravo-588967" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-588338" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-588193" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-rossii-kurs-v-shemah-i-tablicah-588572" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-rossii-kurs-v-shemah-i-tablicah-590460" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-sudoproizvodstvo-590574" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-sudoproizvodstvo-568790" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschestvoznanie-osnovy-gosudarstva-i-prava-585720" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-prava-582955" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-prava-581553" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-rossiyskoy-gosudarstvennosti-politiko-pravovaya-sistema-589483" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-rossiyskoy-gosudarstvennosti-pravovaya-sistema-568820" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-ekologicheskogo-prava-561241" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-586833" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-583710" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-it-sfere-shemy-tablicy-opredeleniya-kommentarii-588626" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-it-sfere-shemy-tablicy-opredeleniya-kommentarii-588633" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-medicine-588662" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-torgovle-588663" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-osnovy-prirodopolzovaniya-i-ohrany-okruzhayuschey-sredy-560598" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-gosudarstva-i-prava-shemy-tablicy-opredeleniya-kommentarii-588447" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z28"/>
+  <dimension ref="A1:Z26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -972,51 +948,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -1086,69 +1062,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>568069</v>
+        <v>588875</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>299</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>1509.0</v>
       </c>
       <c r="M5" s="9">
         <v>1659.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -1156,69 +1132,69 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.482</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>580517</v>
+        <v>588967</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>299</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1509.0</v>
       </c>
       <c r="M6" s="9">
         <v>1659.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
@@ -1226,69 +1202,69 @@
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.482</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>558299</v>
+        <v>588338</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>423</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>2049.0</v>
       </c>
       <c r="M7" s="9">
         <v>2249.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
@@ -1296,137 +1272,137 @@
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.632</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>558297</v>
+        <v>588193</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>423</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>2049.0</v>
       </c>
       <c r="M8" s="9">
         <v>2249.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.632</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>581283</v>
+        <v>588572</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>302</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
         <v>1519.0</v>
       </c>
       <c r="M9" s="9">
         <v>1669.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
@@ -1434,69 +1410,69 @@
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.486</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>581514</v>
+        <v>590460</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>302</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
         <v>1519.0</v>
       </c>
       <c r="M10" s="9">
         <v>1669.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
@@ -1504,69 +1480,69 @@
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.486</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>568593</v>
+        <v>590574</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>275</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>1409.0</v>
       </c>
       <c r="M11" s="9">
         <v>1549.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
@@ -1644,315 +1620,315 @@
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>74</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>75</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.453</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>558464</v>
+        <v>585720</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>294</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
         <v>1489.0</v>
       </c>
       <c r="M13" s="9">
         <v>1639.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q13" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="R13" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="R13" s="6" t="s">
+      <c r="S13" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.476</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>558454</v>
+        <v>582955</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>294</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
         <v>1489.0</v>
       </c>
       <c r="M14" s="9">
         <v>1639.0</v>
       </c>
       <c r="N14" s="6"/>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="R14" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="R14" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S14" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.476</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>565356</v>
+        <v>581553</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
-        <v>331</v>
+        <v>290</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>1649.0</v>
+        <v>1469.0</v>
       </c>
       <c r="M15" s="9">
-        <v>1809.0</v>
+        <v>1619.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>90</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>91</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>92</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
-        <v>0.521</v>
+        <v>0.471</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>558465</v>
+        <v>589483</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>93</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>269</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
         <v>1379.0</v>
       </c>
       <c r="M16" s="9">
         <v>1519.0</v>
       </c>
       <c r="N16" s="6"/>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q16" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="R16" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="R16" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S16" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
         <v>95</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y16" s="8">
         <v>0.446</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
         <v>568820</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>96</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
@@ -1978,51 +1954,51 @@
         <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>90</v>
       </c>
       <c r="S17" s="6" t="s">
         <v>98</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
         <v>99</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
         <v>0.47</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
         <v>561241</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>100</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
@@ -2060,779 +2036,637 @@
         <v>102</v>
       </c>
       <c r="S18" s="6" t="s">
         <v>103</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
         <v>104</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
         <v>105</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y18" s="8">
         <v>0.527</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>580425</v>
+        <v>586833</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>106</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>107</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>108</v>
+        <v>33</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>338</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="9">
         <v>1679.0</v>
       </c>
       <c r="M19" s="9">
         <v>1849.0</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>90</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y19" s="8">
         <v>0.529</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>580424</v>
+        <v>583710</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>111</v>
+        <v>76</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E20" s="6" t="s">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J20" s="8">
-        <v>338</v>
+        <v>294</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L20" s="9">
-        <v>1679.0</v>
+        <v>1489.0</v>
       </c>
       <c r="M20" s="9">
-        <v>1849.0</v>
+        <v>1639.0</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="Q20" s="6" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="R20" s="6" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="S20" s="6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U20" s="6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y20" s="8">
-        <v>0.529</v>
+        <v>0.476</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="8">
-        <v>558466</v>
+        <v>588626</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>114</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J21" s="8">
-        <v>294</v>
+        <v>281</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="9">
-        <v>1489.0</v>
+        <v>1429.0</v>
       </c>
       <c r="M21" s="9">
-        <v>1639.0</v>
+        <v>1569.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="Q21" s="6" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="R21" s="6" t="s">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="S21" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U21" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="V21" s="6"/>
       <c r="W21" s="6" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="X21" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y21" s="8">
-        <v>0.476</v>
+        <v>0.46</v>
       </c>
       <c r="Z21" s="6"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="8">
-        <v>567778</v>
+        <v>588633</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J22" s="8">
         <v>281</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L22" s="9">
         <v>1429.0</v>
       </c>
       <c r="M22" s="9">
         <v>1569.0</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="6" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="Q22" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R22" s="6" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="S22" s="6" t="s">
         <v>120</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U22" s="6" t="s">
         <v>121</v>
       </c>
       <c r="V22" s="6"/>
       <c r="W22" s="6" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="X22" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y22" s="8">
         <v>0.46</v>
       </c>
       <c r="Z22" s="6"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="8">
-        <v>567785</v>
+        <v>588662</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>122</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>123</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J23" s="8">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="9">
-        <v>1429.0</v>
+        <v>1419.0</v>
       </c>
       <c r="M23" s="9">
-        <v>1569.0</v>
+        <v>1559.0</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>124</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>125</v>
       </c>
       <c r="V23" s="6"/>
       <c r="W23" s="6" t="s">
-        <v>49</v>
+        <v>82</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y23" s="8">
-        <v>0.46</v>
+        <v>0.457</v>
       </c>
       <c r="Z23" s="6"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="8">
-        <v>567817</v>
+        <v>588663</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>126</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>127</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J24" s="8">
         <v>278</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L24" s="9">
         <v>1419.0</v>
       </c>
       <c r="M24" s="9">
         <v>1559.0</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R24" s="6" t="s">
         <v>90</v>
       </c>
       <c r="S24" s="6" t="s">
         <v>128</v>
       </c>
       <c r="T24" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U24" s="6" t="s">
         <v>129</v>
       </c>
       <c r="V24" s="6"/>
       <c r="W24" s="6" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="X24" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y24" s="8">
         <v>0.457</v>
       </c>
       <c r="Z24" s="6"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="8">
-        <v>567818</v>
+        <v>560598</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>130</v>
+        <v>100</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>131</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="8">
         <v>2025</v>
       </c>
       <c r="J25" s="8">
-        <v>278</v>
+        <v>336</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L25" s="9">
-        <v>1419.0</v>
+        <v>1669.0</v>
       </c>
       <c r="M25" s="9">
-        <v>1559.0</v>
+        <v>1839.0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="Q25" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R25" s="6" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="S25" s="6" t="s">
         <v>132</v>
       </c>
       <c r="T25" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U25" s="6" t="s">
         <v>133</v>
       </c>
       <c r="V25" s="6"/>
       <c r="W25" s="6" t="s">
         <v>134</v>
       </c>
       <c r="X25" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y25" s="8">
-        <v>0.457</v>
+        <v>0.527</v>
       </c>
       <c r="Z25" s="6"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="8">
-        <v>560598</v>
+        <v>588447</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>100</v>
+        <v>135</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E26" s="6" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="F26" s="6"/>
       <c r="G26" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J26" s="8">
-        <v>336</v>
+        <v>173</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L26" s="9">
-        <v>1669.0</v>
+        <v>969.0</v>
       </c>
       <c r="M26" s="9">
-        <v>1839.0</v>
+        <v>1069.0</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R26" s="6" t="s">
-        <v>102</v>
+        <v>137</v>
       </c>
       <c r="S26" s="6" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="T26" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U26" s="6" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="V26" s="6"/>
       <c r="W26" s="6" t="s">
-        <v>138</v>
+        <v>86</v>
       </c>
       <c r="X26" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y26" s="8">
-        <v>0.527</v>
+        <v>0.329</v>
       </c>
       <c r="Z26" s="6"/>
-    </row>
-[...138 lines deleted...]
-      <c r="Z28" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="G14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="G15" r:id="rId_hyperlink_11"/>
     <hyperlink ref="G16" r:id="rId_hyperlink_12"/>
     <hyperlink ref="G17" r:id="rId_hyperlink_13"/>
     <hyperlink ref="G18" r:id="rId_hyperlink_14"/>
     <hyperlink ref="G19" r:id="rId_hyperlink_15"/>
     <hyperlink ref="G20" r:id="rId_hyperlink_16"/>
     <hyperlink ref="G21" r:id="rId_hyperlink_17"/>
     <hyperlink ref="G22" r:id="rId_hyperlink_18"/>
     <hyperlink ref="G23" r:id="rId_hyperlink_19"/>
     <hyperlink ref="G24" r:id="rId_hyperlink_20"/>
     <hyperlink ref="G25" r:id="rId_hyperlink_21"/>
     <hyperlink ref="G26" r:id="rId_hyperlink_22"/>
-    <hyperlink ref="G27" r:id="rId_hyperlink_23"/>
-    <hyperlink ref="G28" r:id="rId_hyperlink_24"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>