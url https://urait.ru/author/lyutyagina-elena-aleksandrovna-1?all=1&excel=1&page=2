--- v1 (2026-01-22)
+++ v2 (2026-03-04)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
-[...1 lines deleted...]
-    <t>22.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+  <si>
+    <t>04.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -232,62 +232,50 @@
   <si>
     <t>В курсе рассмотрены основные положения административного права России, которые помогут успешно реализовать и защитить свои субъективные публичные права. Основное внимание уделено субъектам административно-правовых отношений, приведена их классификация на публичные и частные, рассмотрен их статус. Определенное место в курсе занимают вопросы административно-правовых форм и методов деятельности публичной администрации, административных правонарушений и ответственности за них; вопросы реализации и защиты субъективных публичных прав частных лиц и обеспечение режима законности в публичном администрировании, а также отмечены особенности публичного администрирования различных областей человеческой деятельности. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов юридических специальностей.</t>
   </si>
   <si>
     <t>978-5-534-20681-4</t>
   </si>
   <si>
     <t>09.11.2023</t>
   </si>
   <si>
     <t>АДМИНИСТРАТИВНОЕ СУДОПРОИЗВОДСТВО. Учебник для вузов</t>
   </si>
   <si>
     <t>Волков А. М., Лютягина Е. А. ; Под общ. ред. Волкова А.М.</t>
   </si>
   <si>
     <t>В курсе рассматриваются понятие, принципы, источники, система и основные институты административно-процессуального права как комплекса норм, регулирующих административное судопроизводство. Курс посвящен двум формам административного судопроизводства: административно-спорному процессу (производству по административным делам) и административно-наказательному процессу (производству по делам об административных правонарушениях). В нем раскрыты вопросы разрешения дел из административных и иных публичных правоотношений судами общей юрисдикции и арбитражными судами. Основные положения дисциплины, изложенные в курсе, помогут успешно реализовать и защитить свои субъективные права. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов юридических направлений и специальностей, а также всех тех, кто интересуется административным судопроизводством.</t>
   </si>
   <si>
     <t>978-5-534-18181-4</t>
   </si>
   <si>
     <t>67.401я73</t>
   </si>
   <si>
-    <t>13.11.2023</t>
-[...10 lines deleted...]
-  <si>
     <t>21.10.2024</t>
   </si>
   <si>
     <t>ОБЩЕСТВОЗНАНИЕ. ОСНОВЫ ГОСУДАРСТВА И ПРАВА 4-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>Политология. Обществознание</t>
   </si>
   <si>
     <t>В курсе излагаются ключевые понятия и категории современной юридической науки. Курс рассчитан в первую очередь на студентов, обучающихся по направлению подготовки «Государственное и муниципальное управление» и по другим неюридическим направлениям и специальностям. Он позволяет им усвоить дисциплину «Основы права» («Правоведение»), получить полные, системные знания, необходимые для успешного освоения других учебных юридических дисциплин. Курс подготовлен с учетом опыта преподавания в Московском финансово-юридическом университете, Московском университете МВД России, Российском университете дружбы народов и других вузах. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования и преподавателей.</t>
   </si>
   <si>
     <t>978-5-534-20611-1</t>
   </si>
   <si>
     <t>67.0я723</t>
   </si>
   <si>
     <t>ОСНОВЫ ПРАВА 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе излагаются ключевые понятия и категории современной юридической науки. Курс позволяет усвоить дисциплину «Основы права» («Правоведение»), получить полные, системные знания, необходимые для успешного освоения других учебных юридических дисциплин. Особенность курса состоит в том, что он показывает, как можно с помощью схем и таблиц, включая и «зрительную» память, содействовать запоминанию материала. Наличие схематически изложенного материала дает возможность существенно сократить время на подготовку и яснее видеть суть каждой темы, проявить определенную самостоятельность в их изучении. Для студентов и преподавателей неюридических высших учебных заведений.</t>
@@ -304,60 +292,63 @@
   <si>
     <t>Основы права 4-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Е.А. Лютягина, А.М. Волков; под общей редакцией Е.А. Лютягиной.</t>
   </si>
   <si>
     <t>Правоведение</t>
   </si>
   <si>
     <t>Курс формирует компетенции учащихся в объеме, предусмотренном требованиями стандарта среднего (полного) общего образования по обществознанию. В нем излагаются ключевые понятия и категории современной юридической науки. Студенты усвоив курс «Основы права», получат полные, системные знания, необходимые для успешного освоения других учебных юридических дисциплин. Особенность курса состоит в том, что он показывает, как можно с помощью схем и таблиц, включая и «зрительную» память, содействовать запоминанию материала. Наличие схематически изложенного материала дает возможность существенно сократить время на подготовку и яснее видеть суть каждой темы, проявить определенную самостоятельность в их изучении. Курс подготовлен с учетом опыта преподавания в колледже Московского финансово-юридического университета (МФЮА), школах г. Москвы, Московском университете МВД России, Российском университете дружбы народов и других вузах.</t>
   </si>
   <si>
     <t>978-5-534-18413-6</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>ОСНОВЫ РОССИЙСКОЙ ГОСУДАРСТВЕННОСТИ. ПОЛИТИКО-ПРАВОВАЯ СИСТЕМА 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>978-5-534-20612-8</t>
   </si>
   <si>
-    <t>20.10.2023</t>
-[...2 lines deleted...]
-    <t>ОСНОВЫ РОССИЙСКОЙ ГОСУДАРСТВЕННОСТИ. ПРАВОВАЯ СИСТЕМА 3-е изд., пер. и доп. Учебник для вузов</t>
+    <t>13.02.2026</t>
+  </si>
+  <si>
+    <t>ОСНОВЫ РОССИЙСКОЙ ГОСУДАРСТВЕННОСТИ. ПРАВОВАЯ СИСТЕМА 4-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Волков А. М., Лютягина Е. А. ; Под общ. ред. Лютягиной Е.А.</t>
   </si>
   <si>
     <t>В курсе излагаются ключевые понятия и категории современной правовой системы России. Студенты усвоят курс «Основы российской государственности. Правовая система», получат полные, системные знания, необходимые для успешного освоения других учебных дисциплин. Особенность курса состоит в том, что он показывает, как можно с помощью схем и таблиц, включая и «зрительную» память, содействовать запоминанию материала. Наличие схематически изложенного материала дает возможность существенно сократить время на подготовку и яснее видеть суть каждой темы, проявить определенную самостоятельность в их изучении. Курс подготовлен с учетом опыта преподавания в Московском финансово-юридическом университете (МФЮА), Московском университете МВД России, Российском университете дружбы народов и других вузах. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов и преподавателей учебных заведений высшего образования.</t>
   </si>
   <si>
-    <t>978-5-534-18174-6</t>
+    <t>978-5-534-18414-3</t>
   </si>
   <si>
     <t>25.07.2023</t>
   </si>
   <si>
     <t>ОСНОВЫ ЭКОЛОГИЧЕСКОГО ПРАВА 4-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Земельное право. Экологическое право</t>
   </si>
   <si>
     <t>Проблемы регулирования природопользования и охраны окружающей среды в последние годы все чаще находятся в центре внимания юридической науки. Это обусловлено тем, что правовое обеспечение деятельности природопользователей — особая сфера деятельности государства. Являясь собственником большей части природных ресурсов, оно обязано не только заботиться о получении доходов в бюджет страны от их использования, но и учитывать интересы будущих поколений. Особенностями и преимуществами данного издания являются новый подход к регулированию природопользования (публичное администрирование) и наличие практикума с задачами и тестами для практического закрепления изучаемого материала.</t>
   </si>
   <si>
     <t>978-5-534-17345-1</t>
   </si>
   <si>
     <t>67.407я723</t>
   </si>
   <si>
     <t>05.09.2022</t>
   </si>
   <si>
     <t>ПРАВОВЕДЕНИЕ 2-е изд. Учебник для вузов</t>
   </si>
@@ -409,60 +400,81 @@
   <si>
     <t>ПРАВОВОЕ ОБЕСПЕЧЕНИЕ ПРОФЕССИОНАЛЬНОЙ ДЕЯТЕЛЬНОСТИ В МЕДИЦИНЕ. Учебник для СПО</t>
   </si>
   <si>
     <t>Курс будет интересен студентам направлений и специальностей в сфере медицины. Схемы и таблицы помогут разобраться с дисциплиной. Впоследствии раскроется более четкая картина правового обеспечения профессиональной медицинской деятельности. Собраны основные положения данной дисциплины, которые помогут понять, успешно реализовать и защитить свои права. Полученные знания можно легко адаптировать к любой дисциплине, в том числе и юридической, сделав ее максимально простой в изучении. Все, что для этого нужно — внимательно изучить приемы и практики, внедрить их в свою учебу. Соответствует актуальным требованиям федеральных государственных образовательных стандартов среднего профессионального образования. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-14239-6</t>
   </si>
   <si>
     <t>23.04.2021</t>
   </si>
   <si>
     <t>ПРАВОВОЕ ОБЕСПЕЧЕНИЕ ПРОФЕССИОНАЛЬНОЙ ДЕЯТЕЛЬНОСТИ В ТОРГОВЛЕ. Учебник для СПО</t>
   </si>
   <si>
     <t>В курсе изложены основные положения данной дисциплины, которые помогут понять, успешно реализовать и защитить свои права. Схемы и таблицы, представленные в настоящем издании, помогут лучше усвоить учебный материал. Полученные знания можно легко адаптировать к любой дисциплине, в том числе и юридической, сделав ее максимально простой в изучении. Все, что для этого нужно, — внимательно изучить приемы и практики и применить их при обучении. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по направлениям и специальностям в сфере торговли.</t>
   </si>
   <si>
     <t>978-5-534-14240-2</t>
   </si>
   <si>
     <t>67.404(я723)</t>
   </si>
   <si>
-    <t>ПРАВОВЫЕ ОСНОВЫ ПРИРОДОПОЛЬЗОВАНИЯ И ОХРАНЫ ОКРУЖАЮЩЕЙ СРЕДЫ 4-е изд., пер. и доп. Учебник и практикум для вузов</t>
-[...5 lines deleted...]
-    <t>978-5-534-17344-4</t>
+    <t>05.02.2026</t>
+  </si>
+  <si>
+    <t>Правовые основы природопользования и охраны окружающей среды 5-е изд., пер. и доп. Учебник и практикум для вузов</t>
+  </si>
+  <si>
+    <t>В курсе рассмотрены основные понятия и институты права природопользования, в том числе: предмет, метод и система российского законодательства о природных ресурсах, источники и принципы, публичные и частные субъекты, объекты правоотношений в области природопользования, право собственности и другие вещные права на объекты природы и природные ресурсы, регулирование и управление в области природопользования и охраны окружающей среды, вопросы юридической ответственности за правонарушения в данной области. В нем также описан правовой режим использования и охраны отдельных природных ресурсов: земельных, водных, лесных и ресурсов недр. Отдельное внимание уделено вопросам оценки воздействия на окружающую среду и администрированию экологических налогов и платежей.</t>
+  </si>
+  <si>
+    <t>978-5-534-21278-5</t>
   </si>
   <si>
     <t>67.407я73</t>
+  </si>
+  <si>
+    <t>07.02.2026</t>
+  </si>
+  <si>
+    <t>Производство по делам об административных правонарушениях. Учебник для СПО</t>
+  </si>
+  <si>
+    <t>Е.А. Лютягина, А.М. Волков; под редакцией Е.А. Лютягиной.</t>
+  </si>
+  <si>
+    <t>Обложка</t>
+  </si>
+  <si>
+    <t>Рассмотрены основные положения комплексного правового института административного права и административного процессуального права "Производство по делам об административных правонарушениях". Приведена общая характеристика административных правонарушений и ответственности за них. Важное место занимают вопросы административного и судебного порядка производства по делам об административных правонарушениях, отмечены особенности производства по делам об административных правонарушениях как в судах общей юрисдикции, так и арбитражных судах в рамках административного судопроизводства. Для студентов образовательных учреждений среднего профессионального образования.</t>
+  </si>
+  <si>
+    <t>978-5-9916-1406-1</t>
   </si>
   <si>
     <t>12.11.2024</t>
   </si>
   <si>
     <t>ТЕОРИЯ ГОСУДАРСТВА И ПРАВА. СХЕМЫ, ТАБЛИЦЫ, ОПРЕДЕЛЕНИЯ, КОММЕНТАРИИ 2-е изд., пер. и доп. Учебное пособие для вузов</t>
   </si>
   <si>
     <t>Основы государства и права. Теория государства и права</t>
   </si>
   <si>
     <t>Курс будет интересен студентам, обучающимся по гуманитарным направлениям. Уже после изучения первых страниц можно на деле проверить, что схемы и таблицы помогут разобраться с дисциплиной. Впоследствии раскроется более четкая картина понятий государства и права, правовых отношений. В курсе собраны основные положения данной дисциплины, которые помогут успешно реализовать и защитить свои субъективные права. Полученные знания можно легко адаптировать к любой юридической дисциплине, сделав ее максимально простой в изучении. Всё, что для этого нужно, — внимательно изучить приемы и практики, внедрить их в свою учебу. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Предназначено для студентов высших учебных заведений, обучающихся по гуманитарным направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20664-7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
@@ -837,51 +849,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativno-processualnoe-pravo-588875" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativno-processualnoe-pravo-588967" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-588338" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-588193" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-rossii-kurs-v-shemah-i-tablicah-588572" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-rossii-kurs-v-shemah-i-tablicah-590460" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-sudoproizvodstvo-590574" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-sudoproizvodstvo-568790" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschestvoznanie-osnovy-gosudarstva-i-prava-585720" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-prava-582955" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-prava-581553" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-rossiyskoy-gosudarstvennosti-politiko-pravovaya-sistema-589483" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-rossiyskoy-gosudarstvennosti-pravovaya-sistema-568820" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-ekologicheskogo-prava-561241" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-586833" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-583710" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-it-sfere-shemy-tablicy-opredeleniya-kommentarii-588626" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-it-sfere-shemy-tablicy-opredeleniya-kommentarii-588633" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-medicine-588662" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-torgovle-588663" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-osnovy-prirodopolzovaniya-i-ohrany-okruzhayuschey-sredy-560598" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-gosudarstva-i-prava-shemy-tablicy-opredeleniya-kommentarii-588447" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativno-processualnoe-pravo-588875" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativno-processualnoe-pravo-588967" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-588338" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-588193" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-rossii-kurs-v-shemah-i-tablicah-588572" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-pravo-rossii-kurs-v-shemah-i-tablicah-590460" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/administrativnoe-sudoproizvodstvo-590574" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschestvoznanie-osnovy-gosudarstva-i-prava-585720" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-prava-582955" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-prava-581553" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-rossiyskoy-gosudarstvennosti-politiko-pravovaya-sistema-589483" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-rossiyskoy-gosudarstvennosti-pravovaya-sistema-581554" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-ekologicheskogo-prava-561241" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-586833" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-583710" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-it-sfere-shemy-tablicy-opredeleniya-kommentarii-588626" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-it-sfere-shemy-tablicy-opredeleniya-kommentarii-588633" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-medicine-588662" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-torgovle-588663" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-osnovy-prirodopolzovaniya-i-ohrany-okruzhayuschey-sredy-581710" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proizvodstvo-po-delam-ob-administrativnyh-pravonarusheniyah-600151" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-gosudarstva-i-prava-shemy-tablicy-opredeleniya-kommentarii-588447" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -1089,54 +1101,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>299</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1509.0</v>
+        <v>1619.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1659.0</v>
+        <v>1779.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -1159,54 +1171,54 @@
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>299</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1509.0</v>
+        <v>1619.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1659.0</v>
+        <v>1779.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
@@ -1229,54 +1241,54 @@
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>423</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2049.0</v>
+        <v>2189.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2249.0</v>
+        <v>2409.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
@@ -1299,54 +1311,54 @@
       <c r="B8" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>423</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2049.0</v>
+        <v>2189.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2249.0</v>
+        <v>2409.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
@@ -1367,54 +1379,54 @@
       <c r="B9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>302</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1519.0</v>
+        <v>1629.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1669.0</v>
+        <v>1789.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>62</v>
       </c>
@@ -1437,54 +1449,54 @@
       <c r="B10" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>302</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1519.0</v>
+        <v>1629.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1669.0</v>
+        <v>1789.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>65</v>
       </c>
@@ -1507,1128 +1519,1128 @@
       <c r="B11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>275</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1409.0</v>
+        <v>1509.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1549.0</v>
+        <v>1659.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.453</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>568790</v>
+        <v>585720</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
-        <v>275</v>
+        <v>294</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1409.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1549.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q12" s="6" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="R12" s="6" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>55</v>
+        <v>78</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
-        <v>0.453</v>
+        <v>0.476</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>585720</v>
+        <v>582955</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>294</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1489.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1639.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1749.0</v>
+      </c>
+      <c r="N13" s="6"/>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>80</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>81</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>82</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.476</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>582955</v>
+        <v>581553</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
         <v>2026</v>
       </c>
       <c r="J14" s="8">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1489.0</v>
+        <v>1579.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1639.0</v>
-[...1 lines deleted...]
-      <c r="N14" s="6"/>
+        <v>1739.0</v>
+      </c>
+      <c r="N14" s="6" t="s">
+        <v>45</v>
+      </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="Q14" s="6" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
-        <v>0.476</v>
+        <v>0.471</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>581553</v>
+        <v>589483</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>89</v>
+        <v>60</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
         <v>2026</v>
       </c>
       <c r="J15" s="8">
-        <v>290</v>
+        <v>269</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>1469.0</v>
+        <v>1479.0</v>
       </c>
       <c r="M15" s="9">
-        <v>1619.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1629.0</v>
+      </c>
+      <c r="N15" s="6"/>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
         <v>82</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
-        <v>0.471</v>
+        <v>0.446</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>589483</v>
+        <v>581554</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="E16" s="6" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
         <v>2026</v>
       </c>
       <c r="J16" s="8">
-        <v>269</v>
+        <v>290</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>1379.0</v>
+        <v>1579.0</v>
       </c>
       <c r="M16" s="9">
-        <v>1519.0</v>
-[...1 lines deleted...]
-      <c r="N16" s="6"/>
+        <v>1739.0</v>
+      </c>
+      <c r="N16" s="6" t="s">
+        <v>35</v>
+      </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q16" s="6" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y16" s="8">
-        <v>0.446</v>
+        <v>0.471</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>568820</v>
+        <v>561241</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
         <v>2025</v>
       </c>
       <c r="J17" s="8">
-        <v>289</v>
+        <v>336</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>1469.0</v>
+        <v>1789.0</v>
       </c>
       <c r="M17" s="9">
-        <v>1619.0</v>
+        <v>1969.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
-        <v>0.47</v>
+        <v>0.527</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>561241</v>
+        <v>586833</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>68</v>
+        <v>33</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="9">
-        <v>1669.0</v>
+        <v>1799.0</v>
       </c>
       <c r="M18" s="9">
-        <v>1839.0</v>
+        <v>1979.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>102</v>
+        <v>86</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y18" s="8">
-        <v>0.527</v>
+        <v>0.529</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>586833</v>
+        <v>583710</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>106</v>
+        <v>72</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>107</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
         <v>2026</v>
       </c>
       <c r="J19" s="8">
-        <v>338</v>
+        <v>294</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="9">
-        <v>1679.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M19" s="9">
-        <v>1849.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>108</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>109</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y19" s="8">
-        <v>0.529</v>
+        <v>0.476</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>583710</v>
+        <v>588626</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E20" s="6" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
         <v>2026</v>
       </c>
       <c r="J20" s="8">
-        <v>294</v>
+        <v>281</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L20" s="9">
-        <v>1489.0</v>
+        <v>1529.0</v>
       </c>
       <c r="M20" s="9">
-        <v>1639.0</v>
+        <v>1679.0</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="Q20" s="6" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="R20" s="6" t="s">
-        <v>79</v>
+        <v>112</v>
       </c>
       <c r="S20" s="6" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U20" s="6" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
-        <v>82</v>
+        <v>42</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y20" s="8">
-        <v>0.476</v>
+        <v>0.46</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="8">
-        <v>588626</v>
+        <v>588633</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
         <v>2026</v>
       </c>
       <c r="J21" s="8">
         <v>281</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="9">
-        <v>1429.0</v>
+        <v>1529.0</v>
       </c>
       <c r="M21" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="Q21" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R21" s="6" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="S21" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U21" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="V21" s="6"/>
       <c r="W21" s="6" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="X21" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y21" s="8">
         <v>0.46</v>
       </c>
       <c r="Z21" s="6"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="8">
-        <v>588633</v>
+        <v>588662</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
         <v>2026</v>
       </c>
       <c r="J22" s="8">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L22" s="9">
-        <v>1429.0</v>
+        <v>1519.0</v>
       </c>
       <c r="M22" s="9">
-        <v>1569.0</v>
+        <v>1669.0</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q22" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R22" s="6" t="s">
-        <v>115</v>
+        <v>86</v>
       </c>
       <c r="S22" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U22" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="V22" s="6"/>
       <c r="W22" s="6" t="s">
-        <v>49</v>
+        <v>78</v>
       </c>
       <c r="X22" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y22" s="8">
-        <v>0.46</v>
+        <v>0.457</v>
       </c>
       <c r="Z22" s="6"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="8">
-        <v>588662</v>
+        <v>588663</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
         <v>2026</v>
       </c>
       <c r="J23" s="8">
         <v>278</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="9">
-        <v>1419.0</v>
+        <v>1519.0</v>
       </c>
       <c r="M23" s="9">
-        <v>1559.0</v>
+        <v>1669.0</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="V23" s="6"/>
       <c r="W23" s="6" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y23" s="8">
         <v>0.457</v>
       </c>
       <c r="Z23" s="6"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="8">
-        <v>588663</v>
+        <v>581710</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="8">
         <v>2026</v>
       </c>
       <c r="J24" s="8">
         <v>278</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L24" s="9">
-        <v>1419.0</v>
+        <v>1519.0</v>
       </c>
       <c r="M24" s="9">
-        <v>1559.0</v>
+        <v>1669.0</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="6" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R24" s="6" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="S24" s="6" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="T24" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U24" s="6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="V24" s="6"/>
       <c r="W24" s="6" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="X24" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y24" s="8">
         <v>0.457</v>
       </c>
       <c r="Z24" s="6"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="8">
-        <v>560598</v>
+        <v>600151</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>100</v>
+        <v>133</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>68</v>
+        <v>135</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J25" s="8">
-        <v>336</v>
+        <v>114</v>
       </c>
       <c r="K25" s="6" t="s">
-        <v>34</v>
+        <v>136</v>
       </c>
       <c r="L25" s="9">
-        <v>1669.0</v>
+        <v>649.0</v>
       </c>
       <c r="M25" s="9">
-        <v>1839.0</v>
+        <v>709.0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="O25" s="6" t="s">
-        <v>34</v>
+        <v>136</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="Q25" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R25" s="6" t="s">
-        <v>102</v>
+        <v>38</v>
       </c>
       <c r="S25" s="6" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="T25" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U25" s="6" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="V25" s="6"/>
       <c r="W25" s="6" t="s">
-        <v>134</v>
+        <v>55</v>
       </c>
       <c r="X25" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y25" s="8">
-        <v>0.527</v>
+        <v>0.156</v>
       </c>
       <c r="Z25" s="6"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="8">
         <v>588447</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F26" s="6"/>
       <c r="G26" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="8">
         <v>2026</v>
       </c>
       <c r="J26" s="8">
         <v>173</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L26" s="9">
-        <v>969.0</v>
+        <v>1039.0</v>
       </c>
       <c r="M26" s="9">
-        <v>1069.0</v>
+        <v>1139.0</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R26" s="6" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="S26" s="6" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="T26" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U26" s="6" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="V26" s="6"/>
       <c r="W26" s="6" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="X26" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y26" s="8">
         <v>0.329</v>
       </c>
       <c r="Z26" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>