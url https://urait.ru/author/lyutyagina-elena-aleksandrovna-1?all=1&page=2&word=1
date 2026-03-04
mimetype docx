--- v1 (2026-01-22)
+++ v2 (2026-03-04)
@@ -191,404 +191,404 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Административное судопроизводство : учебник для вузов / А. М. Волков, Е. А. Лютягина ; под общей редакцией А. М. Волкова. — Москва : Издательство Юрайт, 2026. — 275 с. — (Высшее образование). — ISBN 978-5-534-18181-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/590574</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Лютягина, Е. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Обществознание. Основы государства и права : учебник для среднего профессионального образования / Е. А. Лютягина, А. М. Волков ; под общей редакцией Е. А. Лютягиной. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 294 с. — (Профессиональное образование). — ISBN 978-5-534-20611-1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585720</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лютягина, Е. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Основы права : учебник для вузов / Е. А. Лютягина, А. М. Волков ; под общей редакцией Е. А. Лютягиной. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 294 с. — (Высшее образование). — ISBN 978-5-534-20600-5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/582955</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лютягина, Е. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Основы права : учебник для среднего профессионального образования / Е. А. Лютягина, А. М. Волков ; под общей редакцией Е. А. Лютягиной. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 290 с. — (Профессиональное образование). — ISBN 978-5-534-18413-6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/581553</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лютягина, Е. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Основы российской государственности. Политико-правовая система : учебник для вузов / Е. А. Лютягина, А. М. Волков ; под общей редакцией Е. А. Лютягиной. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 269 с. — (Высшее образование). — ISBN 978-5-534-20612-8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589483</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лютягина, Е. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Основы российской государственности. Правовая система : учебник для вузов / Е. А. Лютягина, А. М. Волков ; под общей редакцией Е. А. Лютягиной. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 290 с. — (Высшее образование). — ISBN 978-5-534-18414-3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/581554</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Волков, А. М. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Административное судопроизводство : учебник для среднего профессионального образования / А. М. Волков, Е. А. Лютягина. — Москва : Издательство Юрайт, 2025. — 275 с. — (Профессиональное образование). — ISBN 978-5-534-18188-3.</w:t>
-[...114 lines deleted...]
-          <w:t xml:space="preserve">https://urait.ru/bcode/589483</w:t>
+        <w:t xml:space="preserve">Основы экологического права : учебник и практикум для среднего профессионального образования / А. М. Волков, Е. А. Лютягина ; под общей редакцией А. М. Волкова. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 336 с. — (Профессиональное образование). — ISBN 978-5-534-17345-1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/561241</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Волков, А. М. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Основы российской государственности. Правовая система : учебник для вузов / А. М. Волков, Е. А. Лютягина. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 289 с. — (Высшее образование). — ISBN 978-5-534-18174-6.</w:t>
-[...10 lines deleted...]
-          <w:t xml:space="preserve">https://urait.ru/bcode/568820</w:t>
+        <w:t xml:space="preserve">Правоведение : учебник для вузов / А. М. Волков, Е. А. Лютягина. — 2-е изд. — Москва : Издательство Юрайт, 2026. — 338 с. — (Высшее образование). — ISBN 978-5-534-15665-2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/586833</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лютягина, Е. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Правовое обеспечение профессиональной деятельности : учебник для среднего профессионального образования / Е. А. Лютягина, А. М. Волков ; под общей редакцией Е. А. Лютягиной. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 294 с. — (Профессиональное образование). — ISBN 978-5-534-20613-5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583710</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Волков, А. М. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Основы экологического права : учебник и практикум для среднего профессионального образования / А. М. Волков, Е. А. Лютягина ; под общей редакцией А. М. Волкова. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 336 с. — (Профессиональное образование). — ISBN 978-5-534-17345-1.</w:t>
-[...10 lines deleted...]
-          <w:t xml:space="preserve">https://urait.ru/bcode/561241</w:t>
+        <w:t xml:space="preserve">Правовое обеспечение профессиональной деятельности в IT-сфере. Схемы, таблицы, определения, комментарии : учебник для вузов / А. М. Волков, Е. А. Лютягина. — Москва : Издательство Юрайт, 2026. — 281 с. — (Высшее образование). — ISBN 978-5-534-14114-6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Волков, А. М. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Правоведение : учебник для вузов / А. М. Волков, Е. А. Лютягина. — 2-е изд. — Москва : Издательство Юрайт, 2026. — 338 с. — (Высшее образование). — ISBN 978-5-534-15665-2.</w:t>
-[...36 lines deleted...]
-          <w:t xml:space="preserve">https://urait.ru/bcode/583710</w:t>
+        <w:t xml:space="preserve">Правовое обеспечение профессиональной деятельности в IT-сфере. Схемы, таблицы, определения, комментарии : учебник для среднего профессионального образования / А. М. Волков, Е. А. Лютягина. — Москва : Издательство Юрайт, 2026. — 281 с. — (Профессиональное образование). — ISBN 978-5-534-14659-2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588633</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Волков, А. М. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Правовое обеспечение профессиональной деятельности в IT-сфере. Схемы, таблицы, определения, комментарии : учебник для вузов / А. М. Волков, Е. А. Лютягина. — Москва : Издательство Юрайт, 2026. — 281 с. — (Высшее образование). — ISBN 978-5-534-14114-6.</w:t>
-[...10 lines deleted...]
-          <w:t xml:space="preserve">https://urait.ru/bcode/588626</w:t>
+        <w:t xml:space="preserve">Правовое обеспечение профессиональной деятельности в медицине : учебник для среднего профессионального образования / А. М. Волков, Е. А. Лютягина. — Москва : Издательство Юрайт, 2026. — 278 с. — (Профессиональное образование). — ISBN 978-5-534-14239-6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> — URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Link"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588662</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Волков, А. М. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Правовое обеспечение профессиональной деятельности в IT-сфере. Схемы, таблицы, определения, комментарии : учебник для среднего профессионального образования / А. М. Волков, Е. А. Лютягина. — Москва : Издательство Юрайт, 2026. — 281 с. — (Профессиональное образование). — ISBN 978-5-534-14659-2.</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">Правовое обеспечение профессиональной деятельности в медицине : учебник для среднего профессионального образования / А. М. Волков, Е. А. Лютягина. — Москва : Издательство Юрайт, 2026. — 278 с. — (Профессиональное образование). — ISBN 978-5-534-14239-6.</w:t>
+        <w:t xml:space="preserve">Правовое обеспечение профессиональной деятельности в торговле : учебник для среднего профессионального образования / А. М. Волков, Е. А. Лютягина. — Москва : Издательство Юрайт, 2026. — 278 с. — (Профессиональное образование). — ISBN 978-5-534-14240-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/588662</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Правовое обеспечение профессиональной деятельности в торговле : учебник для среднего профессионального образования / А. М. Волков, Е. А. Лютягина. — Москва : Издательство Юрайт, 2026. — 278 с. — (Профессиональное образование). — ISBN 978-5-534-14240-2.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588663</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лютягина, Е. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Правовые основы природопользования и охраны окружающей среды : учебник и практикум для вузов / Е. А. Лютягина, А. М. Волков ; под общей редакцией Е. А. Лютягиной. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 278 с. — (Высшее образование). — ISBN 978-5-534-21278-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/588663</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Правовые основы природопользования и охраны окружающей среды : учебник и практикум для вузов / А. М. Волков, Е. А. Лютягина ; под общей редакцией А. М. Волкова. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 336 с. — (Высшее образование). — ISBN 978-5-534-17344-4.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/581710</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лютягина, Е. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Производство по делам об административных правонарушениях : учебник для среднего профессионального образования / Е. А. Лютягина, А. М. Волков ; под редакцией Е. А. Лютягиной. — Москва : Издательство Юрайт, 2026. — 114 с. — (Профессиональное образование). — ISBN 978-5-9916-1406-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/560598</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/600151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Лютягина, Е. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Теория государства и права. Схемы, таблицы, определения, комментарии : учебное пособие для вузов / Е. А. Лютягина, А. М. Волков ; под общей редакцией Е. А. Лютягиной. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 173 с. — (Высшее образование). — ISBN 978-5-534-20664-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -729,51 +729,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588875" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588967" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588338" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588193" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588572" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590460" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590574" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568790" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585720" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582955" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/581553" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589483" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568820" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561241" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586833" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583710" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588626" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588633" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588662" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588663" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/560598" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588447" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588875" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588967" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588338" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588193" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588572" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590460" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590574" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585720" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/582955" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/581553" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589483" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/581554" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561241" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586833" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583710" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588626" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588633" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588662" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588663" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/581710" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/600151" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588447" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>