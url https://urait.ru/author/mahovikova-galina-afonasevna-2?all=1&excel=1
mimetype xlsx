--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
-    <t>25.12.2025</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -226,102 +226,102 @@
   <si>
     <t>978-5-534-21644-8</t>
   </si>
   <si>
     <t>14.10.2016</t>
   </si>
   <si>
     <t>ОЦЕНКА СТОИМОСТИ БИЗНЕСА + ПРИЛОЖЕНИЕ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Финансы</t>
   </si>
   <si>
     <t>В учебнике изложена теория и методология оценки бизнеса, раскрыты условия применимости известных подходов и методов оценки, уделено внимание систематизации стоимостных факторов и факторов риска, а также привязке положений теории оценки к текущим требованиям практической ценки, выраженным в федеральных стандартах оценки. Учебный материал иллюстрирован примерами из практики оценки. После каждой главы приведены контрольные вопросы, которые помогут студентам проверить свои знания. В дополнительных материалах, расположенных в карточке книги на Образовательной платформе «Юрайт», подробно рассмотрен пример отчета об оценке рыночной стоимости конкретного предприятия. Для студентов высших учебных заведений, обучающихся по экономическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-01446-4</t>
   </si>
   <si>
     <t>65.290я73</t>
   </si>
   <si>
     <t>17.01.2014</t>
   </si>
   <si>
-    <t>ОЦЕНКА СТОИМОСТИ МАШИН И ОБОРУДОВАНИЯ 2-е изд., пер. и доп. Учебник и практикум для академического бакалавриата</t>
-[...8 lines deleted...]
-    <t>84*108/32</t>
+    <t>ОЦЕНКА СТОИМОСТИ МАШИН И ОБОРУДОВАНИЯ 2-е изд., пер. и доп. Учебник и практикум для вузов</t>
+  </si>
+  <si>
+    <t>Касьяненко Т. Г., Маховикова Г. А. ; Под ред. Касьяненко Т.Г.</t>
+  </si>
+  <si>
+    <t>Оценочные концепции и их применение в оценке стоимости машин и оборудования приводятся в широком экономическом контексте, включающем исторический аспект ценообразования, а также теоретический анализ используемых на текущий момент методов и понятий. Теоретическая база оценки стоимости машин и оборудования изложена в соответствии с оригинальными американскими первоисточниками и отечественными методическими исследованиями.</t>
+  </si>
+  <si>
+    <t>978-5-534-21939-5</t>
   </si>
   <si>
     <t>19.05.2017</t>
   </si>
   <si>
     <t>ЦЕНООБРАЗОВАНИЕ 7-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Под ред. Касьяненко Т.Г.</t>
   </si>
   <si>
     <t>Торговое дело и ценообразование</t>
   </si>
   <si>
     <t>Издание поможет получить необходимые знания в вопросах механизма ценообразования, определения ценовой политики и ценовой стратегии развития предприятия. В учебнике изложены общеэкономические подходы, представлен анализ прикладных аспектов, обобщена национальная практика ценообразования, учтен прогрессивный мировой опыт, раскрыта успешная ценовая политика ведущих фирм мира. Рассмотрены вопросы ценообразования на товарные линии, пакетного ценообразования, ценообразования с учетом фактора времени, ценообразования в условиях электронной торговли и совершенно новый вопрос взаимосвязи ценообразования и оценки бизнеса. Каждая глава учебника сопровождается практикумом с контрольными вопросами, тестами и задачами для самостоятельного решения.</t>
   </si>
   <si>
     <t>978-5-534-16890-7</t>
   </si>
   <si>
     <t>65.011.3я73</t>
   </si>
   <si>
     <t>26.06.2023</t>
   </si>
   <si>
     <t>ЦЕНООБРАЗОВАНИЕ В ОТРАСЛЯХ ЭКОНОМИКИ. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Издание поможет получить необходимые знания в вопросах определения ценовой политики и ценовой стратегии развития предприятия. В курсе обобщена национальная практика ценообразования, раскрыта успешная ценовая политика ведущих фирм мира. Рассмотрены вопросы ценообразования на товарные линии, пакетного ценообразования, ценообразования с учетом фактора времени, ценообразования в условиях электронной торговли и совершенно новый вопрос взаимосвязи ценообразования и оценки бизнеса. Каждая тема курса сопровождается практикумом с контрольными вопросами и задачами для самостоятельного решения. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по экономическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-16680-4</t>
   </si>
   <si>
     <t>26.08.2025</t>
   </si>
   <si>
     <t>ЦЕНООБРАЗОВАНИЕ В ТОРГОВЛЕ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Г. А. Маховикова,  В. В. Лизовская.</t>
+    <t>Маховикова Г. А., Лизовская В. В.</t>
   </si>
   <si>
     <t>В курсе рассматриваются вопросы теории и практики ценообразования в торговом деле. Анализируются все существующие теоретические концепции цены, виды и функции цен, выделены ценообразующие факторы, влияющие на уровень и динамику цен; различные методы ценового стимулирования продаж, а также психологические приемы осуществления ценовой политики. Рассмотрение практических проблем управления ценовой политикой торговли сопровождается большим числом примеров и анализом деловых ситуаций, возникающих в практике разработки и реализации ценовой политики торговой организации. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по экономическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20588-6</t>
   </si>
   <si>
     <t>65.290-86я73</t>
   </si>
   <si>
     <t>25.05.2017</t>
   </si>
   <si>
     <t>ЦЕНЫ И ЦЕНООБРАЗОВАНИЕ 7-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>978-5-534-16892-1</t>
   </si>
   <si>
     <t>65.011.3я723</t>
   </si>
   <si>
     <t>30.09.2025</t>
   </si>
@@ -750,51 +750,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/investicionnyy-analiz-581846" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mikroekonomika-559952" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mikroekonomika-560908" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mikroekonomika-prodvinutyy-kurs-581861" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ocenka-stoimosti-biznesa-prilozhenie-560219" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ocenka-stoimosti-mashin-i-oborudovaniya-478314" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cenoobrazovanie-560258" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cenoobrazovanie-v-otraslyah-ekonomiki-568541" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cenoobrazovanie-v-torgovle-558431" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ceny-i-cenoobrazovanie-561232" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ceny-i-cenoobrazovanie-v-kommercii-558430" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-ocenka-investiciy-581847" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-teoriya-559977" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/investicionnyy-analiz-585229" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mikroekonomika-598423" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mikroekonomika-598498" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mikroekonomika-prodvinutyy-kurs-582896" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ocenka-stoimosti-biznesa-prilozhenie-582947" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ocenka-stoimosti-mashin-i-oborudovaniya-590663" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cenoobrazovanie-582986" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cenoobrazovanie-v-otraslyah-ekonomiki-589286" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cenoobrazovanie-v-torgovle-582987" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ceny-i-cenoobrazovanie-583992" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ceny-i-cenoobrazovanie-v-kommercii-584012" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-ocenka-investiciy-582948" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-teoriya-559977" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -975,849 +975,849 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>581846</v>
+        <v>585229</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>439</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2119.0</v>
+        <v>2259.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2329.0</v>
+        <v>2479.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.652</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>559952</v>
+        <v>598423</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>281</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1149.0</v>
+        <v>1229.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1259.0</v>
+        <v>1349.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y6" s="8">
         <v>0.367</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>560908</v>
+        <v>598498</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>281</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1149.0</v>
+        <v>1229.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1259.0</v>
+        <v>1349.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y7" s="8">
         <v>0.367</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>581861</v>
+        <v>582896</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>244</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.415</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>560219</v>
+        <v>582947</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>373</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1829.0</v>
+        <v>1959.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2009.0</v>
+        <v>2149.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.572</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>478314</v>
+        <v>590663</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
-        <v>495</v>
+        <v>422</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1899.0</v>
+        <v>2189.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2089.0</v>
+        <v>2409.0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="X10" s="6" t="s">
-        <v>73</v>
+        <v>43</v>
       </c>
       <c r="Y10" s="8">
-        <v>0.496</v>
+        <v>0.631</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>560258</v>
+        <v>582986</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>420</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>2029.0</v>
+        <v>2179.0</v>
       </c>
       <c r="M11" s="9">
-        <v>2229.0</v>
+        <v>2399.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>79</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>80</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.629</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>568541</v>
+        <v>589286</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>82</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>222</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1179.0</v>
+        <v>1259.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1299.0</v>
+        <v>1379.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>77</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>84</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>80</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.389</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>558431</v>
+        <v>582987</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>85</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>87</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>193</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1049.0</v>
+        <v>1129.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1149.0</v>
+        <v>1239.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>77</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>88</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>89</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>90</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.354</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>561232</v>
+        <v>583992</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>420</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>2029.0</v>
+        <v>2179.0</v>
       </c>
       <c r="M14" s="9">
-        <v>2229.0</v>
+        <v>2399.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>54</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>77</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>78</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>93</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
         <v>94</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.629</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>558430</v>
+        <v>584012</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>87</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>193</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>1049.0</v>
+        <v>1129.0</v>
       </c>
       <c r="M15" s="9">
-        <v>1149.0</v>
+        <v>1239.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>77</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>97</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>98</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
         <v>99</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
         <v>0.354</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>581847</v>
+        <v>582948</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>100</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>439</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>2119.0</v>
+        <v>2259.0</v>
       </c>
       <c r="M16" s="9">
-        <v>2329.0</v>
+        <v>2479.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>102</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
         <v>103</v>
       </c>
@@ -1840,54 +1840,54 @@
       <c r="B17" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>105</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
         <v>2025</v>
       </c>
       <c r="J17" s="8">
         <v>407</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>1979.0</v>
+        <v>2119.0</v>
       </c>
       <c r="M17" s="9">
-        <v>2179.0</v>
+        <v>2329.0</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>107</v>
       </c>
       <c r="S17" s="6" t="s">
         <v>108</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
         <v>109</v>
       </c>