--- v1 (2026-02-20)
+++ v2 (2026-02-27)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
-    <t>20.02.2026</t>
+    <t>27.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>