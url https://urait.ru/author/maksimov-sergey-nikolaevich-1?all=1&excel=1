--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>07.12.2025</t>
+    <t>08.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -172,51 +172,51 @@
   <si>
     <t>УПРАВЛЕНИЕ НЕДВИЖИМЫМ ИМУЩЕСТВОМ 3-е изд., испр. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В курсе рассматриваются актуальные вопросы по управлению недвижимостью, содержание деятельности по управлению недвижимостью, изложены вопросы обоснования управленческих решений на основе оценочных технологий, особенности управления коммерческой и жилой недвижимостью, правовые аспекты управления использованием и развитием недвижимости, особенности управления недвижимостью в государственном и муниципальном секторах экономики. Особое внимание в курсе уделено рассмотрению таких вопросов, как управление доходностью объектов коммерческой недвижимости, управление жилой недвижимостью, включена тема, посвященная вопросам управления корпоративной недвижимостью. При подготовке курса учтены последние изменения в законодательстве Российской Федерации. Курс включает дополнительный практический материал, размещенный на сайте urait.ru. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Курс ориентирован на студентов образовательных учреждений среднего профессионального образования, обучающихся по экономическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-15063-6</t>
   </si>
   <si>
     <t>65.290-2я723</t>
   </si>
   <si>
     <t>13.11.2023</t>
   </si>
   <si>
     <t>УПРАВЛЕНИЕ ТЕРРИТОРИЯМИ И НЕДВИЖИМЫМ ИМУЩЕСТВОМ (ЭКОНОМИКА НЕДВИЖИМОСТИ) 3-е изд., пер. и доп. Учебное пособие для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> С. Н. Максимов.</t>
+    <t>Максимов С. Н.</t>
   </si>
   <si>
     <t>Учебник содержит систематическое изложение дисциплины «Экономика недвижимости». Особое внимание уделено природе недвижимости как особого экономического актива, особенностям и анализу рынка недвижимости, экономике объекта недвижимости. Приведены экономические основы оценки, управления и развития недвижимости. Представлена актуальная информация о состоянии рынка недвижимости. В настоящем издании (1-е изд. — 1999 г., 2-е — 2010 г., 3-е — 2016 г.) существенно расширено рассмотрение таких вопросов, как анализ наиболее эффективного использования недвижимости, анализ эффективности использования объектов недвижимости, арендных отношений, государственного регулирования рынка недвижимости. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов, преподавателей высших учебных заведений, слушателей дополнительных образовательных программ по экономике, управлению и девелопменту недвижимост.</t>
   </si>
   <si>
     <t>978-5-534-18337-5</t>
   </si>
   <si>
     <t>65.2/4я723</t>
   </si>
   <si>
     <t>10.11.2023</t>
   </si>
   <si>
     <t>ЭКОНОМИКА НЕДВИЖИМОСТИ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Курс содержит систематическое изложение дисциплины «Экономика недвижимости». Особое внимание уделено природе недвижимости как особого экономического актива, особенностям и анализу рынка недвижимости, экономике объекта недвижимости. Приведены экономические основы оценки, управления и развития недвижимости. Представлена актуальная информация о состоянии рынка недвижимости. В настоящем издании существенно расширено рассмотрение таких вопросов, как анализ наиболее эффективного использования недвижимости, использования объектов недвижимости, арендных отношений, государственного регулирования рынка недвижимости. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов, преподавателей высших учебных заведений, слушателей дополнительных образовательных программ по экономике, управлению и девелопменту недвижимости.</t>
   </si>
   <si>
     <t>978-5-534-18336-8</t>
   </si>
   <si>
     <t>65.2/4я73</t>
   </si>
@@ -600,51 +600,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-nedvizhimostyu-560741" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-nedvizhimym-imuschestvom-567183" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-territoriyami-i-nedvizhimym-imuschestvom-ekonomika-nedvizhimosti-534805" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-nedvizhimosti-534804" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-nedvizhimostyu-583579" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-nedvizhimym-imuschestvom-588189" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-territoriyami-i-nedvizhimym-imuschestvom-ekonomika-nedvizhimosti-587500" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-nedvizhimosti-583578" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -825,291 +825,291 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>560741</v>
+        <v>583579</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>457</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2189.0</v>
+        <v>2349.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2409.0</v>
+        <v>2579.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.674</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>567183</v>
+        <v>588189</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>457</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2189.0</v>
+        <v>2349.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2409.0</v>
+        <v>2579.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.674</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>534805</v>
+        <v>587500</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>447</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2149.0</v>
+        <v>2299.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2359.0</v>
+        <v>2529.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.662</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>534804</v>
+        <v>583578</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>447</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2149.0</v>
+        <v>2299.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2359.0</v>
+        <v>2529.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>59</v>
       </c>