--- v0 (2025-12-13)
+++ v1 (2026-01-17)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
-    <t>13.12.2025</t>
+    <t>17.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>