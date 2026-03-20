--- v1 (2026-01-17)
+++ v2 (2026-03-20)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
-    <t>17.01.2026</t>
+    <t>20.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -181,51 +181,51 @@
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Курс, подготовленный преподавателями Национального исследовательского университета «Высшая школа экономики» (Нижегородский филиал) в соответствии с международными стандартами аудита, можно назвать незаменимым инструментом при изучении и осуществлении аудиторской деятельности. В издании изложена сущность аудиторской деятельности, рассмотрены методические аспекты осуществления аудиторских проверок и оказания сопутствующих аудиту услуг. В результате читатели получат знания о том, как оценивать существенность информации и бухгалтерских искажений, эффективность системы внутреннего контроля, величину аудиторского риска и объем аудиторской выборки, формировать общую стратегию и план аудита, узнают особенности аудита различных участков: внеоборотных и оборотных активов, расчетов, собственного капитала. Авторами учтены основные изменения федеральных стандартов бухгалтерского учета и международных стандартов аудита. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов и преподавателей экономических вузов, а также всех интересующихся вопросами аудита.</t>
   </si>
   <si>
     <t>978-5-534-16559-3</t>
   </si>
   <si>
     <t>65.053я73</t>
   </si>
   <si>
     <t>30.05.2025</t>
   </si>
   <si>
     <t>БУХГАЛТЕРСКАЯ ФИНАНСОВАЯ ОТЧЕТНОСТЬ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> О. А. Замотаева,  Я. Н. Зотова,  Н. В. Максимова,  М. А. Штефан ; под редакцией М. А. Штефан.</t>
+    <t>Замотаева О. А., Зотова Я. Н., Максимова Н. В., Штефан М. А. ; Под ред. Штефан М.А.</t>
   </si>
   <si>
     <t>Настоящий курс раскрывает сущность и порядок формирования показателей бухгалтерской (финансовой) отчетности, а также сущность и назначение нефинансовой отчетности. В результате изучения можно узнать содержание бухгалтерского баланса, отчета о финансовых результатах, отчета об изменениях в капитале, отчета о движении денежных средств и пояснений к бухгалтерскому балансу и отчету о финансовых результатах, научиться использовать полученные знания в анализе финансово-хозяйственной деятельности и принятии управленческих решений, узнать о видах нефинансовых отчетов. При подготовке курса использовались требования федеральных стандартов бухгалтерского учета. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов бакалавриата и магистратуры, может быть использован практикующими специалистами.</t>
   </si>
   <si>
     <t>978-5-534-19855-3</t>
   </si>
   <si>
     <t>65.052.2я73</t>
   </si>
   <si>
     <t>БУХГАЛТЕРСКАЯ ФИНАНСОВАЯ ОТЧЕТНОСТЬ 2-е изд. Учебник для СПО</t>
   </si>
   <si>
     <t>Замотаева О. А., Зотова Я. Н., Максимова Н. В., Штефан М. А.</t>
   </si>
   <si>
     <t>Настоящий курс раскрывает сущность и порядок формирования показателей бухгалтерской финансовой отчетности, а также сущность и назначение нефинансовой отчетности. В результате изучения можно узнать содержание бухгалтерского баланса, отчета о финансовых результатах, отчета об изменениях в капитале, отчета о движении денежных средств и пояснений к бухгалтерскому балансу и отчету о финансовых результатах, научиться использовать полученные знания в анализе финансово-хозяйственной деятельности и принятии управленческих решений, узнать о видах нефинансовых отчетов. При подготовке курса использовались требования федеральных стандартов бухгалтерского учета. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования. Курс предназначен для студентов образовательных учреждений среднего профессионального образования, может быть использован практикующими специалистами.</t>
   </si>
   <si>
     <t>978-5-534-20410-0</t>
   </si>
   <si>
     <t>ОСНОВЫ АУДИТА 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
@@ -633,51 +633,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/audit-562309" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/audit-568528" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/buhgalterskaya-finansovaya-otchetnost-581010" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/buhgalterskaya-finansovaya-otchetnost-581407" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-audita-567531" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologiya-sostavleniya-buhgalterskoy-finansovoy-otchetnosti-568203" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/audit-584875" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/audit-589272" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/buhgalterskaya-finansovaya-otchetnost-588341" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/buhgalterskaya-finansovaya-otchetnost-590424" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-audita-588384" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologiya-sostavleniya-buhgalterskoy-finansovoy-otchetnosti-589002" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -858,431 +858,431 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>562309</v>
+        <v>584875</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>313</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1729.0</v>
+        <v>1849.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.499</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>568528</v>
+        <v>589272</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>731</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="9">
-        <v>2979.0</v>
+        <v>3189.0</v>
       </c>
       <c r="M6" s="9">
-        <v>3279.0</v>
+        <v>3509.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.896</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>581010</v>
+        <v>588341</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>340</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1859.0</v>
+        <v>1989.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.532</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>581407</v>
+        <v>590424</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>359</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1769.0</v>
+        <v>1889.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1949.0</v>
+        <v>2079.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.555</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>567531</v>
+        <v>588384</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>313</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1729.0</v>
+        <v>1849.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.499</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>568203</v>
+        <v>589002</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>303</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1529.0</v>
+        <v>1639.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1679.0</v>
+        <v>1799.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>70</v>
       </c>