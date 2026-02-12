--- v0 (2025-12-07)
+++ v1 (2026-02-12)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>07.12.2025</t>
+    <t>12.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>12.12.2018</t>
   </si>
   <si>
     <t>ФРАНЦУЗСКИЙ ЯЗЫК ДЛЯ ЮРИСТОВ. СТАТУТ МЕЖДУНАРОДНОГО СУДА ООН (B1-B2). Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> И. Н. Мешкова,  О. А. Шереметьева.</t>
+    <t>Мешкова И. Н., Шереметьева О. А.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Языки и литература</t>
   </si>
   <si>
     <t>Французский язык</t>
   </si>
   <si>
     <t>Основная цель данного курса — сформировать и развить профессиональные компетенции практического перевода специальных текстов. Курс предназначен для студентов вузов и факультетов, изучающих иностранный язык как язык специальности по направлениям «Международное право», «Международные отношения» и владеющих языком на уровне В1, В2 по шкале CEFR. В курс включен текст Статута Международного суда ООН в Гааге, а также задания и упражнения к нему. Курс имеет практическую направленность, включает поэтапное обучение переводу, работу над текстом оригинала, переводческий анализ текста, определение переводческой ситуации, выявление трудных для перевода грамматических, лексических, стилистических, фразеологических единиц. Для студентов высших учебных заведений, обучающихся по гуманитарным направлениям, аспирантов, преподавателей, а также всех изучающих французский язык и интересующихся проблемами международных отношений.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-07459-8</t>
   </si>
   <si>
     <t>81.2Фр-923</t>
   </si>
@@ -564,51 +564,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/francuzskiy-yazyk-dlya-yuristov-statut-mezhdunarodnogo-suda-oon-b1-b2-558117" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/francuzskiy-yazyk-dlya-yuristov-statut-mezhdunarodnogo-suda-oon-b1-b2-558118" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/francuzskiy-yazyk-dlya-yuristov-statut-mezhdunarodnogo-suda-oon-b1-b2-586243" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/francuzskiy-yazyk-dlya-yuristov-statut-mezhdunarodnogo-suda-oon-b1-b2-586688" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -789,149 +789,149 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558117</v>
+        <v>586243</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>163</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>739.0</v>
+        <v>799.0</v>
       </c>
       <c r="M5" s="9">
-        <v>809.0</v>
+        <v>879.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y5" s="8">
         <v>0.253</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>558118</v>
+        <v>586688</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>163</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>739.0</v>
+        <v>799.0</v>
       </c>
       <c r="M6" s="9">
-        <v>809.0</v>
+        <v>879.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">