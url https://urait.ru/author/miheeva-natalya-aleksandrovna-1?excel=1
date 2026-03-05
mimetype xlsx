--- v0 (2026-01-22)
+++ v1 (2026-03-05)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
-[...1 lines deleted...]
-    <t>22.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+  <si>
+    <t>05.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -215,50 +215,53 @@
     <t>978-5-534-10865-1</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>09.11.2020</t>
   </si>
   <si>
     <t>СУДЕБНО-МЕДИЦИНСКАЯ ЭКСПЕРТИЗА. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Под ред. Баринова Е.Х, Клевно В.А., Ромодановского П. О.</t>
   </si>
   <si>
     <t>Курс подготовлен преподавателями кафедры судебной медицины и медицинского права Московского государственного медико-стоматологического университета имени А. И. Евдокимова, кафедры судебной медицины Московского областного научно-исследовательского клинического института имени М. Ф. Владимирского и кафедры судебной медицины Российского университета дружбы народов. Настоящее издание направлено на реализацию основных профессиональных образовательных программ высшего образования — программы подготовки кадров высшей квалификации в ординатуре по специальности 31.08.10 «Судебно-медицинская экспертиза». Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для ординаторов кафедр судебной медицины, преподавателей, а также практических работников судебно-медицинских экспертных организаций. Может быть полезен для студентов медицинских вузов.</t>
   </si>
   <si>
     <t>978-5-534-13718-7</t>
   </si>
   <si>
     <t>67.5я73</t>
   </si>
   <si>
     <t>СУДЕБНО-МЕДИЦИНСКАЯ ЭКСПЕРТИЗА. Учебник и практикум для СПО</t>
+  </si>
+  <si>
+    <t>Е.Х. Баринов [и др.]; под редакцией Е.Х. Баринова, В.А. Клевно, П.О. Ромодановского.</t>
   </si>
   <si>
     <t>978-5-534-18699-4</t>
   </si>
   <si>
     <t>67.5я723</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -876,54 +879,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>144</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>579.0</v>
+        <v>619.0</v>
       </c>
       <c r="M5" s="9">
-        <v>639.0</v>
+        <v>679.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -946,54 +949,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>144</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>579.0</v>
+        <v>619.0</v>
       </c>
       <c r="M6" s="9">
-        <v>639.0</v>
+        <v>679.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
@@ -1016,54 +1019,54 @@
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>294</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="9">
-        <v>1489.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1639.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>58</v>
       </c>
@@ -1086,152 +1089,152 @@
       <c r="B8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>317</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="9">
-        <v>1589.0</v>
+        <v>1699.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1749.0</v>
+        <v>1869.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>65</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Y8" s="8">
         <v>0.504</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
         <v>590530</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>317</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>54</v>
       </c>
       <c r="L9" s="9">
-        <v>1589.0</v>
+        <v>1699.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1749.0</v>
+        <v>1869.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>54</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Y9" s="8">
         <v>0.504</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>