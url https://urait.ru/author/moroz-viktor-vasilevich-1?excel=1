--- v0 (2025-12-15)
+++ v1 (2026-01-30)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
-[...1 lines deleted...]
-    <t>15.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+  <si>
+    <t>31.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,150 +115,147 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>01.06.2023</t>
   </si>
   <si>
     <t>КЛИНИКО-ПАТОФИЗИОЛОГИЧЕСКИЕ АСПЕКТЫ ДЫХАТЕЛЬНОЙ НЕДОСТАТОЧНОСТИ. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. Т. Долгих [и др.] ; под редакцией В. Т. Долгих, В. В. Мороза, А. Н. Кузовлева.</t>
+    <t>Под ред. Долгих В.Т., Мороза В.В., Кузовлева А.Н.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Медицина и фармакология</t>
   </si>
   <si>
     <t>Клиническая медицина.  Эпидемиология, инфекционные болезни</t>
   </si>
   <si>
     <t>Курс знакомит с содержанием патологических процессов и заболеваний органов дыхания, приводящих к дыхательной недостаточности. Описаны методы диагностики заболеваний дыхательной системы, их этиология и особенности патогенеза, а также принципы и способы лечения. Отдельно рассмотрены нарушения дыхания у детей, а также пневмония, вызванная новой коронавирусной инфекцией COVID-19. Кроме того, курс включает клинико-патофизиологические ситуационные задачи, направленные на формирование у будущих врачей рационального мышления и умения принимать обоснованное врачебное решение. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-16864-8</t>
   </si>
   <si>
     <t>54.12я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>24.09.2025</t>
   </si>
   <si>
     <t>Нефрология. Клинико-патофизиологические аспекты. Учебник для вузов</t>
   </si>
   <si>
-    <t>Под ред. Долгих В.Т., Мороза В.В., Кузовлева А.Н.</t>
-[...1 lines deleted...]
-  <si>
     <t>Анатомия и физиология. Цитология. Гистология. Эмбриология</t>
   </si>
   <si>
     <t>Курс посвящен клинико-патофизиологическим аспектам нефропатий. Подробно излагаются функционально-метаболические нарушения и структурные повреждения почек под влиянием обычных и чрезвычайных этиологических факторов. Рассмотрены изменения в почках при травмах, интоксикациях, алкоголизме, тяжело протекающей беременности. Большое внимание уделяется вопросам диагностики, клиники и лечения пациентов с почечной патологией, включая гемодиализ и трансплантацию почек. Актуальность курса обусловлена ростом заболеваемости хроническими нефропатиями и потребностью в комплексной подготовке специалистов, способных интегрировать клинические и патофизиологические знания для диагностики и лечения почечных патологий. Курс помогает студентам изучить ключевые механизмы повреждения почек и освоить современные подходы к терапии. Курс включает тесты, которые позволят студентам и преподавателям эффективно контролировать усвоение материала и сделать обучение практикоориентированным.</t>
   </si>
   <si>
     <t>978-5-534-20460-5</t>
   </si>
   <si>
     <t>54.14я73</t>
   </si>
   <si>
     <t>02.12.2024</t>
   </si>
   <si>
     <t>ОБЩАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. Т. Долгих [и др.] ; под общей редакцией В. Т. Долгих.</t>
+    <t>Под общ. ред. Долгих В.Т.</t>
   </si>
   <si>
     <t>Курс направлен на изучение основ патофизиологии; с самой современной точки зрения рассматриваются общая патофизиология, патофизиология обмена веществ и опухолевых процессов. Курс отличается последовательным и логическим изложением важнейших разделов патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных нозологических форм заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по медицинским направлениям, ординаторов, аспирантов, преподавателей и врачей различных специальностей.</t>
   </si>
   <si>
     <t>978-5-534-20961-7</t>
   </si>
   <si>
     <t>52.5я73</t>
   </si>
   <si>
     <t>04.12.2024</t>
   </si>
   <si>
     <t>ОБЩАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Курс направлен на изучение основ патофизиологии; с самой современной точки зрения рассматриваются общая патофизиология, патофизиология обмена веществ и опухолевых процессов. Курс отличается последовательным и логическим изложением важнейших разделов патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных нозологических форм заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20964-8</t>
   </si>
   <si>
     <t>52.5я723</t>
   </si>
   <si>
     <t>20.03.2025</t>
   </si>
   <si>
     <t>ЧАСТНАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
-    <t>В.Т. Долгих [и др.]; под редакцией В.Т. Долгих.</t>
+    <t>Под ред. Долгих В.Т.</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов патофизиологии органов и систем; с самой современной точки зрения рассматриваются вопросы патологии системы крови и гемостаза, сердечно-сосудистой и дыхательной систем, патофизиологии пищеварения, печени, почек, центральной нервной системы, имунной и эндокринной систем, вопросы боли и обезболивания, актуальные аспекты поражения органов и тканей при алкоголизме и наркомании. Курс отличается последовательным и логическим изложением частной патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20971-6</t>
   </si>
   <si>
     <t>21.03.2025</t>
   </si>
   <si>
     <t>ЧАСТНАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов патофизиологии органов и систем; с самой современной точки зрения рассматриваются вопросы патологии системы крови и гемостаза, сердечно-сосудистой и дыхательной систем, патофизиологии пищеварения, печени, почек, центральной нервной системы, имунной и эндокринной систем, вопросы боли и обезболивания, актуальные аспекты поражения органов и тканей при алкоголизме и наркомании. Курс отличается последовательным и логическим изложением частной патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20974-7</t>
   </si>
   <si>
     <t>13.11.2024</t>
   </si>
   <si>
     <t>ЭНДОКРИНОПАТИИ. КЛИНИКО-ПАТОФИЗИОЛОГИЧЕСКИЕ АСПЕКТЫ. Учебник для вузов</t>
   </si>
@@ -654,51 +651,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-dyhatelnoy-nedostatochnosti-568474" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nefrologiya-kliniko-patofiziologicheskie-aspekty-581641" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-559064" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-559067" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-559074" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-559077" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/endokrinopatii-kliniko-patofiziologicheskie-aspekty-569301" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-dyhatelnoy-nedostatochnosti-589220" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nefrologiya-kliniko-patofiziologicheskie-aspekty-590421" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586707" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586729" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587711" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587721" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/endokrinopatii-kliniko-patofiziologicheskie-aspekty-589964" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -879,69 +876,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>568474</v>
+        <v>589220</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>229</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>969.0</v>
       </c>
       <c r="M5" s="9">
         <v>1069.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -949,459 +946,459 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.397</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>581641</v>
+        <v>590421</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>309</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1549.0</v>
       </c>
       <c r="M6" s="9">
         <v>1699.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="S6" s="6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.494</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>559064</v>
+        <v>586707</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>491</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>2339.0</v>
       </c>
       <c r="M7" s="9">
         <v>2569.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.715</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>559067</v>
+        <v>586729</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>491</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>2339.0</v>
       </c>
       <c r="M8" s="9">
         <v>2569.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.715</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>559074</v>
+        <v>587711</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>499</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
         <v>2379.0</v>
       </c>
       <c r="M9" s="9">
         <v>2619.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.724</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>559077</v>
+        <v>587721</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>499</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
         <v>2379.0</v>
       </c>
       <c r="M10" s="9">
         <v>2619.0</v>
       </c>
       <c r="N10" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.724</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>569301</v>
+        <v>589964</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>286</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>1459.0</v>
       </c>
       <c r="M11" s="9">
         <v>1599.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.466</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>