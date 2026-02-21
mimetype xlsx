--- v1 (2026-01-30)
+++ v2 (2026-02-21)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
-    <t>31.01.2026</t>
+    <t>21.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -903,54 +903,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>229</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>969.0</v>
+        <v>1039.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1069.0</v>
+        <v>1139.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -973,54 +973,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>309</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1549.0</v>
+        <v>1659.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1699.0</v>
+        <v>1819.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
@@ -1043,54 +1043,54 @@
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>491</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2339.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2569.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
@@ -1113,54 +1113,54 @@
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>491</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2339.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2569.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>61</v>
       </c>
@@ -1183,54 +1183,54 @@
       <c r="B9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>499</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>2379.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2619.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>67</v>
       </c>
@@ -1253,54 +1253,54 @@
       <c r="B10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>499</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>2379.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2619.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>71</v>
       </c>
@@ -1323,54 +1323,54 @@
       <c r="B11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>286</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1459.0</v>
+        <v>1559.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1599.0</v>
+        <v>1709.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>76</v>
       </c>