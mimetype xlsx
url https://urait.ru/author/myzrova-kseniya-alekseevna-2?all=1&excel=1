--- v0 (2025-12-15)
+++ v1 (2026-01-16)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>15.12.2025</t>
+    <t>16.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>