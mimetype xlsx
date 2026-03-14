--- v1 (2026-01-16)
+++ v2 (2026-03-14)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>16.01.2026</t>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -576,51 +576,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obuchenie-sluzheniem-580981" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/predprinimatelstvo-v-zdravoohranenii-568257" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obuchenie-sluzheniem-590347" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/predprinimatelstvo-v-zdravoohranenii-589056" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -801,151 +801,151 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>580981</v>
+        <v>590347</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>170</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>949.0</v>
+        <v>1019.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.326</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>568257</v>
+        <v>589056</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>148</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="9">
-        <v>739.0</v>
+        <v>789.0</v>
       </c>
       <c r="M6" s="9">
-        <v>809.0</v>
+        <v>869.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>51</v>
       </c>