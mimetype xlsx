--- v1 (2025-12-25)
+++ v2 (2026-02-10)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
-[...1 lines deleted...]
-    <t>26.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+  <si>
+    <t>10.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,105 +115,99 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>20.03.2013</t>
   </si>
   <si>
     <t>КАЧЕСТВЕННЫЕ И КОЛИЧЕСТВЕННЫЕ МЕТОДЫ ИССЛЕДОВАНИЙ В ПСИХОЛОГИИ. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> И. Н. Носс.</t>
+    <t>Носс И. Н.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Педагогика, психология, социальная работа</t>
   </si>
   <si>
     <t>Методы психологических исследований</t>
   </si>
   <si>
-    <t>В учебнике изложены и объяснены история, понятийный аппарат качественных и количественных методов психологических исследований, виды и категории экспериментальных задач, суть, область, ограничения и особенности применения статистических методов в психологии. Рассмотрена проблематика личностного оценивания как отправной точки развития субъекта. Теоретический материал проиллюстрирован практическими примерами. Приложения содержат рабочую программу дисциплины «Качественные и количественные методы исследований в психологии», опросник, примеры обработки и интерпретации результатов тестирования.</t>
+    <t>В учебнике изложены и объяснены история, понятийный аппарат качественных и количественных методов психологических исследований, виды и категории экспериментальных задач, суть, область, ограничения и особенности применения статистических методов в психологии. Рассмотрена проблематика личностного оценивания как отправной точки развития субъекта. Приложения содержат опросник, примеры обработки и интерпретации результатов тестирования.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
-    <t>978-5-9916-3997-2</t>
+    <t>978-5-534-21947-0</t>
   </si>
   <si>
     <t>88я73</t>
   </si>
   <si>
-    <t>84*108/32</t>
+    <t>70*100/16</t>
   </si>
   <si>
     <t>07.03.2025</t>
   </si>
   <si>
     <t>ПСИХОДИАГНОСТИКА 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Носс И. Н.</t>
-[...1 lines deleted...]
-  <si>
     <t>Психология. Общие работы</t>
   </si>
   <si>
     <t>В курсе изложены основные теоретические положения общей психодиагностики, психометрические основы познания психологической реальности, основные этапы истории становления и развития психодиагностики. В курсе сделана попытка более рельефно высветить практическую направленность психодиагностики. В приложениях приведены тексты некоторых психологических методик, даны рекомендации по их использованию, а также по обработке и интерпретации полученных данных. Для студентов высших учебных заведений, обучающихся по гуманитарным направлениям и специальностям.</t>
   </si>
   <si>
     <t>978-5-534-12072-1</t>
   </si>
   <si>
     <t>88.4я73</t>
-  </si>
-[...1 lines deleted...]
-    <t>70*100/16</t>
   </si>
   <si>
     <t>02.03.2015</t>
   </si>
   <si>
     <t>ЭКСПЕРИМЕНТАЛЬНАЯ ПСИХОЛОГИЯ. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Экспериментальная психология как учебная дисциплина и как практика психологической деятельности является наиболее трудной для усвоения отраслью психологии. Практическая работа психолога требует глубокого знания технологии исследования, без которого невозможно эффективно осуществлять психологическую деятельность. Особенность технологии психологических исследований заключается в выработке у студентов комплексного научного мышления, в котором психологическая поисковая составляющая должна сочетаться с творческой фантазией и талантом точного исследовательского контроля экспериментальной работы. Поэтому в учебнике наряду с классическими схемами экспериментальных действий предлагаются реальные образцы практических исследований автора, его коллег и учеников. Также приводятся и анализируются возможные ошибки (рефракции) экспериментальной работы, методы моделирования, сбора, регистрации и интерпретации эмпирических данных. Структура и авторский стиль изложения делают учебник понятным и полезным для читателей различного уровня подготовки.</t>
   </si>
   <si>
     <t>978-5-534-02679-5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -585,51 +579,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kachestvennye-i-kolichestvennye-metody-issledovaniy-v-psihologii-534019" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihodiagnostika-580157" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/eksperimentalnaya-psihologiya-560562" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kachestvennye-i-kolichestvennye-metody-issledovaniy-v-psihologii-590671" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihodiagnostika-582664" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/eksperimentalnaya-psihologiya-583414" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -810,252 +804,252 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>534019</v>
+        <v>590671</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>362</v>
+        <v>299</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1429.0</v>
+        <v>1619.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1569.0</v>
+        <v>1779.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.384</v>
+        <v>0.482</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>580157</v>
+        <v>582664</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>533</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2519.0</v>
+        <v>2699.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2769.0</v>
+        <v>2969.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="S6" s="6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.766</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>560562</v>
+        <v>583414</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>321</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1609.0</v>
+        <v>1719.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1769.0</v>
+        <v>1889.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X7" s="6" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.509</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>