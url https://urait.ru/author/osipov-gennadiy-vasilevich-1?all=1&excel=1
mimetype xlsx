--- v0 (2025-12-05)
+++ v1 (2026-01-21)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
-    <t>05.12.2025</t>
+    <t>21.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -133,51 +133,51 @@
   <si>
     <t>27.02.2020</t>
   </si>
   <si>
     <t>ИСТОРИЯ И ТЕОРИЯ РЕЛИГИИ В ЗАПАДНОЙ СОЦИОЛОГИИ. Учебник для вузов</t>
   </si>
   <si>
     <t>Арефьев А. Л., Баженов А. М. ; Под ред. Осипова Г.В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>Специальные социологические дисциплины</t>
   </si>
   <si>
-    <t>В настоящем учебном пособии представлены статьи, содержащие сведения о видных мыслителях Европы и Северной Америки философах, богословах, историках, религиоведах, социологах, психологах, этнографах, оказавших влияние на формирование социальной теории о религии. В каждой статье приводится краткая биография ученого, перечисляются его основные труды, освещается вклад в осмысление данной темы. Отмечается эволюция взглядов ряда ученых в ходе их обращения к религиоведческой тематике в течение жизни и научной деятельности. Изучение творческого наследия мыслителей призвано помочь глубже познать сложные процессы, протекающие в области религии и общественной жизни, их определенную взаимосвязь. Пособие предназначено для студентов высших учебных заведений, а также для всех интересующихся темой религии в рамках социальных теорий и социологией религии.</t>
+    <t>В настоящем учебнике представлены статьи, содержащие сведения о видных мыслителях Европы и Северной Америки философах, богословах, историках, религиоведах, социологах, психологах, этнографах, оказавших влияние на формирование социальной теории о религии. В каждой статье приводится краткая биография ученого, перечисляются его основные труды, освещается вклад в осмысление данной темы. Отмечается эволюция взглядов ряда ученых в ходе их обращения к религиоведческой тематике в течение жизни и научной деятельности. Изучение творческого наследия мыслителей призвано помочь глубже познать сложные процессы, протекающие в области религии и общественной жизни, их определенную взаимосвязь. Учебник предназначен для студентов высших учебных заведений, а также для всех интересующихся темой религии в рамках социальных теорий и социологией религии.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-12812-3</t>
   </si>
   <si>
     <t>60.5я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>22.11.2017</t>
   </si>
   <si>
     <t>КАДРЫ УПРАВЛЕНИЯ ОБРАЗОВАНИЕМ. СОЦИОЛОГИЧЕСКИЙ АНАЛИЗ 2-е изд., пер. и доп. Учебник</t>
   </si>
   <si>
     <t>Шереги Ф. Э., Арефьев А. Л. ; Под ред. Осипова Г.В.</t>
   </si>
   <si>
     <t>Социология</t>
   </si>
@@ -211,51 +211,51 @@
   <si>
     <t>Савинков В. И., Бакланов П. А. ; Под ред. Осипова Г.В.</t>
   </si>
   <si>
     <t>Педагогика, психология, социальная работа</t>
   </si>
   <si>
     <t>Педагогика и образование. Общие работы</t>
   </si>
   <si>
     <t>В настоящем учебном пособии детально анализируются вопросы совершенствования системы образования, изучается спрос широких слоев населения на различные виды образования, доступность качественного образования и мотивация родителями образовательной траектории детей, подробно рассматривается каждая из ступеней системы образования. Теоретические положения подкреплены данными общероссийских социологических исследований. В заключении авторами затронуты наиболее актуальные проблемы и задачи развития российского образования.</t>
   </si>
   <si>
     <t>978-5-534-11468-3</t>
   </si>
   <si>
     <t>74.202.4</t>
   </si>
   <si>
     <t>10.11.2017</t>
   </si>
   <si>
     <t>СОЦИОЛОГИЯ МЕЖДУНАРОДНЫХ ОТНОШЕНИЙ. ВЕДУЩИЕ ПРЕДСТАВИТЕЛИ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>В настоящем учебном пособии представлены статьи, содержащие информацию об ученых, повлиявших на развитие теории международных отношений. В каждой статье приводится краткая биография ученого, называются основные труды, рассказывается о вкладе в развитие науки о международных отношениях. В пособии нашло отражение многообразие существующих взглядов в области социологии международных отношений. Изучение творческого наследия ученых — представителей различных школ и направлений в международных отношениях поможет всесторонне и глубоко оценивать происходящие на мировой арене события.</t>
+    <t>В настоящем учебнике представлены статьи, содержащие информацию об ученых, повлиявших на развитие теории международных отношений. В каждой статье приводится краткая биография ученого, называются основные труды, рассказывается о вкладе в развитие науки о международных отношениях. В учебнике нашло отражение многообразие существующих взглядов в области социологии международных отношений. Изучение творческого наследия ученых — представителей различных школ и направлений в международных отношениях поможет всесторонне и глубоко оценивать происходящие на мировой арене события.</t>
   </si>
   <si>
     <t>978-5-534-06002-7</t>
   </si>
   <si>
     <t>29.11.2019</t>
   </si>
   <si>
     <t>СОЦИОЛОГИЯ НАУКИ И ОБРАЗОВАНИЯ. ИНДИКАТОРЫ ОБРАЗОВАНИЯ (МЕТОДЫ ОЦЕНКИ ЭФФЕКТИВНОСТИ). Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Осипов Г. В., Климовицкий С. В.</t>
   </si>
   <si>
     <t>В данном учебном пособии рассматриваются вопросы построения индикаторов образования. Анализируются общие характеристики, которыми должны обладать информативные индикаторы образования, их виды, функции и принципы работы с ними. Рассматриваются рекомендации ОЭСР по получению данных и построению индикаторов образования для международных сравнений, а также конкретные примеры использования этих индикаторов для аналитических целей. Для студентов высших учебных заведений, обучающихся по всем направлениям, преподавателей, социологов, статистиков, экономистов и всех интересующихся актуальными вопросами социологии науки и образования.</t>
   </si>
   <si>
     <t>978-5-534-12230-5</t>
   </si>
   <si>
     <t>60.54я73</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
@@ -699,51 +699,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-i-teoriya-religii-v-zapadnoy-sociologii-567099" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kadry-upravleniya-obrazovaniem-sociologicheskiy-analiz-564090" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/naukometriya-indikatory-nauki-i-tehnologii-564115" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-ocenka-kachestva-i-vostrebovannost-obrazovaniya-564241" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-mezhdunarodnyh-otnosheniy-veduschie-predstaviteli-564038" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-nauki-i-obrazovaniya-indikatory-obrazovaniya-metody-ocenki-effektivnosti-566683" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-nauki-i-obrazovaniya-integraciya-universitetskoy-nauki-i-proizvodstva-564443" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-nauki-i-obrazovaniya-ekonomicheskie-stimuly-universitetskoy-nauki-564095" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-yazyka-nacionalnye-i-inostrannye-yazyki-v-sisteme-obrazovaniya-564088" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-yazyka-russkiy-yazyk-sovremennoe-sostoyanie-i-tendencii-rasprostraneniya-v-mire-564089" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-yazyka-yazyki-korennyh-malochislennyh-narodov-severa-sibiri-i-dalnego-vostoka-564087" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-i-teoriya-religii-v-zapadnoy-sociologii-588143" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kadry-upravleniya-obrazovaniem-sociologicheskiy-analiz-586222" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/naukometriya-indikatory-nauki-i-tehnologii-586234" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-ocenka-kachestva-i-vostrebovannost-obrazovaniya-586271" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-mezhdunarodnyh-otnosheniy-veduschie-predstaviteli-586185" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-nauki-i-obrazovaniya-indikatory-obrazovaniya-metody-ocenki-effektivnosti-587857" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-nauki-i-obrazovaniya-integraciya-universitetskoy-nauki-i-proizvodstva-586347" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-nauki-i-obrazovaniya-ekonomicheskie-stimuly-universitetskoy-nauki-586225" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-yazyka-nacionalnye-i-inostrannye-yazyki-v-sisteme-obrazovaniya-586220" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-yazyka-russkiy-yazyk-sovremennoe-sostoyanie-i-tendencii-rasprostraneniya-v-mire-586221" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-yazyka-yazyki-korennyh-malochislennyh-narodov-severa-sibiri-i-dalnego-vostoka-586219" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -924,69 +924,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>567099</v>
+        <v>588143</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>290</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>1469.0</v>
       </c>
       <c r="M5" s="9">
         <v>1619.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -994,137 +994,137 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.471</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>564090</v>
+        <v>586222</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>229</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1209.0</v>
       </c>
       <c r="M6" s="9">
         <v>1329.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6">
         <v>60.56</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.397</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>564115</v>
+        <v>586234</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>202</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>1089.0</v>
       </c>
       <c r="M7" s="9">
         <v>1199.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
@@ -1132,545 +1132,545 @@
         <v>47</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.365</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>564241</v>
+        <v>586271</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>255</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>1319.0</v>
       </c>
       <c r="M8" s="9">
         <v>1449.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.429</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>564038</v>
+        <v>586185</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>341</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
         <v>1689.0</v>
       </c>
       <c r="M9" s="9">
         <v>1859.0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.533</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>566683</v>
+        <v>587857</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>151</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
         <v>699.0</v>
       </c>
       <c r="M10" s="9">
         <v>769.0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Y10" s="8">
         <v>0.241</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>564443</v>
+        <v>586347</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>288</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>1459.0</v>
       </c>
       <c r="M11" s="9">
         <v>1599.0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.469</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>564095</v>
+        <v>586225</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>80</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>272</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
         <v>1399.0</v>
       </c>
       <c r="M12" s="9">
         <v>1539.0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>82</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.45</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>564088</v>
+        <v>586220</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>83</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>84</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>302</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
         <v>1519.0</v>
       </c>
       <c r="M13" s="9">
         <v>1669.0</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>85</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>86</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>87</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6">
         <v>81.2</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.486</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>564089</v>
+        <v>586221</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>84</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>301</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
         <v>1519.0</v>
       </c>
       <c r="M14" s="9">
         <v>1669.0</v>
       </c>
       <c r="N14" s="6"/>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>85</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>89</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>90</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6">
         <v>81.2</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.485</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>564087</v>
+        <v>586219</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>84</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>355</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
         <v>1749.0</v>
       </c>
       <c r="M15" s="9">
         <v>1919.0</v>
       </c>
       <c r="N15" s="6"/>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>85</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>47</v>