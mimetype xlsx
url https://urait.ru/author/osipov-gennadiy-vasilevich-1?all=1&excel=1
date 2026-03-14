--- v1 (2026-01-21)
+++ v2 (2026-03-14)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
-    <t>21.01.2026</t>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -951,54 +951,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>290</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1469.0</v>
+        <v>1579.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1619.0</v>
+        <v>1739.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -1021,54 +1021,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>229</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1209.0</v>
+        <v>1289.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1329.0</v>
+        <v>1419.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6">
@@ -1089,54 +1089,54 @@
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>202</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1089.0</v>
+        <v>1169.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1199.0</v>
+        <v>1289.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
@@ -1159,54 +1159,54 @@
       <c r="B8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>255</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1319.0</v>
+        <v>1409.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1449.0</v>
+        <v>1549.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
@@ -1227,54 +1227,54 @@
       <c r="B9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>341</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1859.0</v>
+        <v>1989.0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
@@ -1295,54 +1295,54 @@
       <c r="B10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>151</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>699.0</v>
+        <v>749.0</v>
       </c>
       <c r="M10" s="9">
-        <v>769.0</v>
+        <v>819.0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
@@ -1363,54 +1363,54 @@
       <c r="B11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>288</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1459.0</v>
+        <v>1569.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1599.0</v>
+        <v>1729.0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
@@ -1431,54 +1431,54 @@
       <c r="B12" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>80</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>272</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1539.0</v>
+        <v>1639.0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>82</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
@@ -1499,54 +1499,54 @@
       <c r="B13" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>83</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>84</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>302</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1519.0</v>
+        <v>1629.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1669.0</v>
+        <v>1789.0</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>85</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>86</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>87</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6">
@@ -1567,54 +1567,54 @@
       <c r="B14" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>84</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
         <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>301</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1519.0</v>
+        <v>1629.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1669.0</v>
+        <v>1789.0</v>
       </c>
       <c r="N14" s="6"/>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>85</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>89</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>90</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6">
@@ -1635,54 +1635,54 @@
       <c r="B15" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>84</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
         <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>355</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>1749.0</v>
+        <v>1879.0</v>
       </c>
       <c r="M15" s="9">
-        <v>1919.0</v>
+        <v>2069.0</v>
       </c>
       <c r="N15" s="6"/>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>85</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>92</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6">