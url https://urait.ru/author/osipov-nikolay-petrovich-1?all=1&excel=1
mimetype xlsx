--- v0 (2025-12-25)
+++ v1 (2026-03-14)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>25.12.2025</t>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -795,54 +795,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2025</v>
       </c>
       <c r="J5" s="8">
         <v>511</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1939.0</v>
+        <v>2079.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2129.0</v>
+        <v>2289.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6">