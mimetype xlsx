--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+  <si>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -152,53 +152,50 @@
     <t>Менеджмент</t>
   </si>
   <si>
     <t>Стратегический менеджмент</t>
   </si>
   <si>
     <t>Учебник соответствует дисциплине «Современный стратегический анализ», разработанный в соответствии с актуальными требованиями федерального государственного образовательного стандарта высшего образования для бакалавров и магистров по направлению «Менеджмент». Теоретическая часть учебника дополнена практикумом по каждой главе, который содержит контрольные вопросы, ситуационные задания, кейсы, деловые игры, что позволит студентам самостоятельно проверить и закрепить полученные знания. Для бакалавров и магистров очной и заочной формы обучения, а также слушателей системы повышения квалификации и практических работников в сфере экономики, менеджмента и маркетинга.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-14975-3</t>
   </si>
   <si>
     <t>65.290-2я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>02.06.2017</t>
   </si>
   <si>
     <t>СТРАТЕГИЧЕСКИЙ МЕНЕДЖМЕНТ. Учебник и практикум для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Н. С. Отварухина,  В. Р. Веснин.</t>
   </si>
   <si>
     <t>Экономические науки</t>
   </si>
   <si>
     <t>Предпринимательство. Лидерство</t>
   </si>
   <si>
     <t>Учебник содержит систематизированное изложение теоретических, методологических, методических положений стратегического менеджмента. В нем последовательно раскрываются различные аспекты стратегического менеджмента — от становления стратегического мышления до современных положений конкуренции на глобальном уровне. В состав практического инструментария входят примеры, задания для самостоятельного выполнения, деловые игры, ситуационные задачи. Учебник построен на результатах научных исследований авторов, проводимых ими на протяжении последних 20 лет. Он ориентирован на формирование у студентов стратегического мышления, компетенций разработки и реализации стратегий, стратегических планов и программ основных стратегических направлений развития организаций, развитие навыков выявления и оценки сильных и слабых сторон организации, проведения стратегического анализа конкретных ситуаций.</t>
   </si>
   <si>
     <t>978-5-534-16797-9</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -570,51 +567,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennyy-strategicheskiy-analiz-560419" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskiy-menedzhment-531717" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennyy-strategicheskiy-analiz-583149" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskiy-menedzhment-583996" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -795,175 +792,175 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>560419</v>
+        <v>583149</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>463</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2219.0</v>
+        <v>2379.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2439.0</v>
+        <v>2619.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.681</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>531717</v>
+        <v>583996</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>328</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1639.0</v>
+        <v>1749.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1799.0</v>
+        <v>1919.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="R6" s="6" t="s">
+      <c r="S6" s="6" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.517</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>