--- v0 (2025-12-15)
+++ v1 (2026-01-17)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
-    <t>15.12.2025</t>
+    <t>17.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>