--- v1 (2026-01-17)
+++ v2 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
-[...1 lines deleted...]
-    <t>17.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -112,54 +112,54 @@
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>20.02.2025</t>
   </si>
   <si>
-    <t>"УМНЫЕ ГОРОДА" КАК ЦЕНТРЫ ВНЕДРЕНИЯ ИННОВАЦИОННЫХ ТЕХНОЛОГИЙ. Учебник для вузов</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> С. Г. Еремин [и др.] ; ответственные редакторы С. А. Зуденкова, О. В. Панина, И. А. Рождественская.</t>
+    <t>"Умные города" как центры внедрения инновационных технологий. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Отв. ред. Зуденкова С. А., Панина О. В., Рождественская И. А.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Экономические науки</t>
   </si>
   <si>
     <t>Экономика: общие работы</t>
   </si>
   <si>
     <t>В курсе рассматриваются особенности умных городов как объектов управления, тенденции из развития и роль в становлении национальной и мировой экономики. Раскрываются технологии, используемые умными городами, изложены нормативно-правовые основы умного города, вопросы планирования и прогнозирования в умных городах. Курс будет полезен студентам бакалавриата, магистратуры и специалитета, аспирантам, работникам городского хозяйства и органов управления, повышающим свою квалификацию.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20630-2</t>
   </si>
@@ -175,51 +175,51 @@
   <si>
     <t>ГОСУДАРСТВЕННОЕ УПРАВЛЕНИЕ РЕГИОНАЛЬНЫМ РАЗВИТИЕМ. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Прокофьева С.Е., Рождественской И.А., Красюковой Н.Л.</t>
   </si>
   <si>
     <t>Государственное и муниципальное управление</t>
   </si>
   <si>
     <t>Отрасли и уровни государственного и муниципального управления</t>
   </si>
   <si>
     <t>В курсе в систематизированной форме излагаются основы государственного управления региональным развитием. Читатель получит ответы на вопросы, связанные не только с теорией, но и с адаптацией зарубежного опыта регионального развития и использованием достижений отечественной практики в данной сфере. Соответствует актуальным требованиям Федерального государственного образовательного стандарта и профессиональных стандартов. Для студентов, обучающихся по направлению подготовки «Государственное и муниципальное управление» (квалификация «бакалавр»). Может быть полезен магистрантам, аспирантам, слушателям системы повышения квалификации и переподготовки, руководителям и специалистам органов государственной власти и местного самоуправления, а также научным работникам.</t>
   </si>
   <si>
     <t>978-5-534-14175-7</t>
   </si>
   <si>
     <t>05.02.2025</t>
   </si>
   <si>
     <t>ОСНОВЫ СОВРЕМЕННОГО ГОСУДАРСТВЕННОГО И МУНИЦИПАЛЬНОГО УПРАВЛЕНИЯ 2-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> С. Е. Прокофьев [и др.] ; под редакцией С. Е. Прокофьева.</t>
+    <t>, Кадырова Г. М. [и др.] ; Под ред. Прокофьева С.Е.</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Предлагаемый курс обобщает методологическую, теоретическую и эмпирическую информацию, необходимую для всестороннего системного представления о стратегическом управлении в органах власти. В нем рассматриваются историко-теоретические и практические основы стратегического управления и планирования в Российской Федерации на федеральном, региональном и местном уровнях, определены перспективы в условиях развития Индустрии 4.0, изучен зарубежный опыт стратегического управления в органах власти. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Предназначен для студентов образовательных учреждений среднего профессионального образования, слушателей курсов повышения квалификации и программ профессиональной переподготовки, преподавателей, государственных и муниципальных служащих, политических деятелей.</t>
   </si>
   <si>
     <t>978-5-534-21405-5</t>
   </si>
   <si>
     <t>65я723</t>
   </si>
   <si>
     <t>12.02.2025</t>
   </si>
   <si>
     <t>ОСНОВЫ СОЦИАЛЬНОГО ГОСУДАРСТВА. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Еремин С. Г., Галкин А. И., Панина О. В. ; Под ред. Прокофьева С.Е.</t>
   </si>
@@ -232,144 +232,162 @@
   <si>
     <t>978-5-534-21550-2</t>
   </si>
   <si>
     <t>60.9я73</t>
   </si>
   <si>
     <t>02.02.2023</t>
   </si>
   <si>
     <t>РЕГИОНАЛЬНОЕ УПРАВЛЕНИЕ И ТЕРРИТОРИАЛЬНОЕ ПЛАНИРОВАНИЕ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Под ред. Шедько Ю.Н.</t>
   </si>
   <si>
     <t>В курсе в систематизированной форме излагаются теоретические основы регионального управления и территориального планирования. Показаны условия осуществления регионального управления и территориального планирования. Исследуется система инструментов регионального управления и территориального планирования. Насыщенность издания ситуационными и расчетными задачами позволит преподавателю эффективно разработать комплект оценочных средств, а студенту — качественно подготовиться к сдаче экзамена. Курс может быть достаточно легко адаптирован к современным образовательным технологиям высшего профессионального образования, в том числе дистанционным. Материал излагается без упрощения и вместе с тем доступно для понимания студентами, в том числе изучающими дисциплину самостоятельно. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по экономическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-15585-3</t>
   </si>
   <si>
     <t>65.290-2я73</t>
   </si>
   <si>
+    <t>05.02.2026</t>
+  </si>
+  <si>
+    <t>РИСК-ОРИЕНТИРОВАННОЕ ГОСУДАРСТВЕННОЕ И МУНИЦИПАЛЬНОЕ УПРАВЛЕНИЕ. Учебник для вузов</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> С. Е. Прокофьев [и др.] ; под научной редакцией С. Е. Прокофьева, О. В. Паниной.</t>
+  </si>
+  <si>
+    <t>Обложка</t>
+  </si>
+  <si>
+    <t>Предлагаемый курс обобщает методологическую, теоретическую и практико-ориентированную информацию, необходимую для всестороннего системного представления о риск-ориентированном государственном и муниципальном управлении. Содержание курса соответствует актуальному Федеральному государственному образовательному стандарту высшего образования. Курс предназначен для студентов, обучающихся по направлениям подготовки «Государственное и муниципальное управление», «Контрольно-надзорная деятельность», «Цифровизация государственного управления», «Управление рисками в публичной сфере», слушателей курсов повышения квалификации и программ профессиональной переподготовки, аспирантов и преподавателей, государственных и муниципальных служащих, специалистов в области риск-ориентированного государственного управления.</t>
+  </si>
+  <si>
+    <t>978-5-534-21957-9</t>
+  </si>
+  <si>
+    <t>60.82я73</t>
+  </si>
+  <si>
     <t>29.05.2024</t>
   </si>
   <si>
     <t>СИСТЕМА ГОСУДАРСТВЕННОГО И МУНИЦИПАЛЬНОГО УПРАВЛЕНИЯ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Под ред. Еремина С.Г., Мусиновой Н.Н., Паниной О.В., Прокофьева С.Е.</t>
   </si>
   <si>
     <t>Информация, приведенная в курсе, — апробированный авторами на практике государственного и муниципального управления и дидактически обработанный материал. Курс поможет в изучении основных теоретических концепций государственного и муниципального управления, вопросов создания новой модели государственного и муниципального менеджмента, технологии применения современных методов управления. Данный курс подготовлен с учетом поправок, внесенных в Конституцию Российской Федерации и вступивших в силу 5 октября 2022 г. В курсе в большом объеме представлены теории государственного и муниципального управления, к каждой теме прилагается практикум, приводятся схемы для лучшего усвоения материала. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по социально-экономическим направлениям. Может быть полезен также студентам магистратуры, слушателям курсов повышения квалификации государственных и муниципальных служащих, аспирантам, в качестве дополнительной литературы может быть использован студентами среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-19168-4</t>
   </si>
   <si>
     <t>67.401я73</t>
   </si>
   <si>
     <t>30.05.2024</t>
   </si>
   <si>
     <t>СИСТЕМА ГОСУДАРСТВЕННОГО УПРАВЛЕНИЯ 3-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Под ред. Прокофьева С.Е., Паниной О.В., Еремина С.Г., Мусиновой Н.Н.</t>
   </si>
   <si>
-    <t>Обложка</t>
-[...1 lines deleted...]
-  <si>
     <t>Данное издание поможет студентам в изучении государственного управления как системного общественного явления, территориальной организации государственного управления, федеральных органов государственной власти Российской Федерации и организации государственной власти в субъектах Российской Федерации. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, а также преподавателей и слушателей курсов повышения квалификации государственных служащих.</t>
   </si>
   <si>
     <t>978-5-534-19231-5</t>
   </si>
   <si>
     <t>67.401я723</t>
   </si>
   <si>
     <t>СИСТЕМА МЕСТНОГО САМОУПРАВЛЕНИЯ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Данное издание поможет студентам в изучении государства как общественно-исторического явления, территориальной организации местного самоуправления в Российской Федерации, основ организации муниципальной власти, системы органов местного самоуправления и системы взаимоотношений органов государственной власти и органов местного самоуправления. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по экономическим направлениям, а также преподавателей, слушателей курсов повышения квалификации муниципальных служащих и аспирантов.</t>
   </si>
   <si>
     <t>978-5-534-19232-2</t>
   </si>
   <si>
     <t>Стратегическое управление в государственной и муниципальной сфере 2-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
+    <t>Под ред. Прокофьева С.Е.</t>
+  </si>
+  <si>
     <t>Предлагаемый курс обобщает методологическую, теоретическую и эмпирическую информацию, необходимую для всестороннего системного представления о стратегическом управлении в органах власти. В нем рассматриваются историко-теоретические и практические основы стратегического управления и планирования в Российской Федерации на федеральном, региональном и местном уровнях, определены перспективы в условиях развития Индустрии 4.0, изучен зарубежный опыт стратегического управления в органах власти. Соответствует федеральному государственному образовательному стандарту высшего образования. Предназначен для студентов, обучающихся по направлениям подготовки «Государственное и муниципальное управление», «Юриспруденция», «Политология», «Международные отношения», слушателей курсов повышения квалификации и программ профессиональной переподготовки, аспирантов и преподавателей, государственных и муниципальных служащих, политических деятелей.</t>
   </si>
   <si>
     <t>978-5-534-21404-8</t>
   </si>
   <si>
     <t>65я73</t>
   </si>
   <si>
     <t>04.03.2024</t>
   </si>
   <si>
     <t>УПРАВЛЕНИЕ ЖИЛИЩНО-КОММУНАЛЬНЫМ ХOЗЯЙСТВОМ. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Кабалинского А.И., Бурака П.И., Паниной О.В.</t>
   </si>
   <si>
     <t>Курс адаптирован к использованию в условиях динамично меняющейся ситуации в экономике и социальной сфере России в контексте гарантий предоставления потребителям услуг жизнеобеспечивающего характера и формирования максимально комфортной среды проживания. Издание будет полезно студентам бакалавриата, магистратуры и специалитета, аспирантам, работникам городского хозяйства и органов управления, повышающим свою квалификацию.</t>
   </si>
   <si>
     <t>978-5-534-18845-5</t>
   </si>
   <si>
     <t>65.441я73</t>
   </si>
   <si>
     <t>15.08.2019</t>
   </si>
   <si>
     <t>УПРАВЛЕНИЕ КРУПНЕЙШИМИ ГОРОДАМИ. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Под ред. Прокофьева С.Е., Рождественской И.А., Мусиновой Н.Н.</t>
   </si>
   <si>
     <t>В курсе рассматриваются особенности крупнейших городов как объектов управления, тенденции их развития и роль в становлении национальной и мировой экономики. Изложены модели организации управления крупнейшими городами, используемые в российской и мировой практике, раскрывается специфика организации управления городами федерального значения. Рассматриваются вопросы формирования городских агломераций, а также принципы, механизмы и формы управления социально-экономическим развитием крупнейших городов и городских агломераций. Cоответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов-бакалавров, обучающихся по экономическим направлениям, аспирантов и преподавателей; также будет полезно слушателям курсов повышения квалификации, государственным и муниципальным служащим, специалистам и руководителям органов государственной власти и местного самоуправления.</t>
   </si>
   <si>
     <t>978-5-534-11313-6</t>
-  </si>
-[...1 lines deleted...]
-    <t>60.82я73</t>
   </si>
   <si>
     <t>24.09.2019</t>
   </si>
   <si>
     <t>УПРАВЛЕНИЕ ТЕРРИТОРИЯМИ. КРУПНЫЕ ГОРОДА. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>В курсе рассматриваются особенности крупнейших городов как объектов управления, тенденции их развития и роль в становлении национальной и мировой экономики. Изложены модели организации управления крупнейшими городами, используемые в российской и мировой практике, раскрывается специфика организации управления городами федерального значения. Рассматриваются вопросы формирования городских агломераций, а также принципы, механизмы и формы управления социально-экономическим развитием крупнейших городов и городских агломераций. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов, обучающихся по экономическим направлениям, преподавателей; также будет полезно слушателям курсов повышения квалификации, государственным и муниципальным служащим, специалистам и руководителям органов государственной власти и местного самоуправления.</t>
   </si>
   <si>
     <t>978-5-534-12123-0</t>
   </si>
   <si>
     <t>60.82я723</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
@@ -744,59 +762,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/umnye-goroda-kak-centry-vnedreniya-innovacionnyh-tehnologiy-569869" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennoe-upravlenie-regionalnym-razvitiem-567758" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-571293" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-socialnogo-gosudarstva-577326" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/regionalnoe-upravlenie-i-territorialnoe-planirovanie-568255" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-gosudarstvennogo-i-municipalnogo-upravleniya-567234" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-gosudarstvennogo-upravleniya-563171" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-mestnogo-samoupravleniya-563173" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskoe-upravlenie-v-gosudarstvennoy-i-municipalnoy-sfere-571292" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-zhilischno-kommunalnym-hozyaystvom-568956" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-krupneyshimi-gorodami-566163" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-territoriyami-krupnye-goroda-566207" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/umnye-goroda-kak-centry-vnedreniya-innovacionnyh-tehnologiy-589954" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennoe-upravlenie-regionalnym-razvitiem-588605" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-sovremennogo-gosudarstvennogo-i-municipalnogo-upravleniya-589128" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-socialnogo-gosudarstva-589473" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/regionalnoe-upravlenie-i-territorialnoe-planirovanie-589054" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/risk-orientirovannoe-gosudarstvennoe-i-municipalnoe-upravlenie-590709" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-gosudarstvennogo-i-municipalnogo-upravleniya-588215" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-gosudarstvennogo-upravleniya-585538" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sistema-mestnogo-samoupravleniya-585540" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskoe-upravlenie-v-gosudarstvennoy-i-municipalnoy-sfere-588450" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-zhilischno-kommunalnym-hozyaystvom-589631" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-krupneyshimi-gorodami-587515" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-territoriyami-krupnye-goroda-587538" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z16"/>
+  <dimension ref="A1:Z17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -855,51 +873,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -969,905 +987,976 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>569869</v>
+        <v>589954</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>301</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1519.0</v>
+        <v>1629.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1669.0</v>
+        <v>1789.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.485</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>567758</v>
+        <v>588605</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>331</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1649.0</v>
+        <v>1769.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1809.0</v>
+        <v>1949.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.521</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>571293</v>
+        <v>589128</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>250</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1299.0</v>
+        <v>1389.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1429.0</v>
+        <v>1529.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.423</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>577326</v>
+        <v>589473</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>255</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1319.0</v>
+        <v>1409.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1449.0</v>
+        <v>1549.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>65</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.429</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>568255</v>
+        <v>589054</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>576</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>2709.0</v>
+        <v>2899.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2979.0</v>
+        <v>3189.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>71</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.818</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>567234</v>
+        <v>590709</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
-        <v>545</v>
+        <v>108</v>
       </c>
       <c r="K10" s="6" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="L10" s="9">
-        <v>2569.0</v>
+        <v>629.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2829.0</v>
+        <v>689.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
-        <v>0.78</v>
+        <v>0.149</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>563171</v>
+        <v>588215</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
-        <v>134</v>
+        <v>545</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>689.0</v>
+        <v>2749.0</v>
       </c>
       <c r="M11" s="9">
-        <v>759.0</v>
+        <v>3019.0</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>82</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>83</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>84</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
-        <v>0.18</v>
+        <v>0.78</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>563173</v>
+        <v>585538</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="K12" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L12" s="9">
-        <v>639.0</v>
+        <v>729.0</v>
       </c>
       <c r="M12" s="9">
-        <v>699.0</v>
+        <v>799.0</v>
       </c>
       <c r="N12" s="6" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="O12" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="P12" s="6" t="s">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R12" s="6" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
-        <v>0.165</v>
+        <v>0.18</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>571292</v>
+        <v>585540</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>53</v>
+        <v>87</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
-        <v>250</v>
+        <v>121</v>
       </c>
       <c r="K13" s="6" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="L13" s="9">
-        <v>1299.0</v>
+        <v>679.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1429.0</v>
+        <v>749.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
-        <v>0.423</v>
+        <v>0.165</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>568956</v>
+        <v>588450</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>92</v>
+        <v>51</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
-        <v>124</v>
+        <v>250</v>
       </c>
       <c r="K14" s="6" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>649.0</v>
+        <v>1389.0</v>
       </c>
       <c r="M14" s="9">
-        <v>709.0</v>
-[...1 lines deleted...]
-      <c r="N14" s="6"/>
+        <v>1529.0</v>
+      </c>
+      <c r="N14" s="6" t="s">
+        <v>35</v>
+      </c>
       <c r="O14" s="6" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
-        <v>0.168</v>
+        <v>0.423</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>566163</v>
+        <v>589631</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
-        <v>322</v>
+        <v>124</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="L15" s="9">
-        <v>1609.0</v>
+        <v>689.0</v>
       </c>
       <c r="M15" s="9">
-        <v>1769.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>759.0</v>
+      </c>
+      <c r="N15" s="6"/>
       <c r="O15" s="6" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
-        <v>0.51</v>
+        <v>0.168</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>566207</v>
+        <v>587515</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>322</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>1609.0</v>
+        <v>1719.0</v>
       </c>
       <c r="M16" s="9">
-        <v>1769.0</v>
+        <v>1889.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
-        <v>108</v>
+        <v>78</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y16" s="8">
         <v>0.51</v>
       </c>
       <c r="Z16" s="6"/>
+    </row>
+    <row r="17" spans="1:26">
+      <c r="A17" s="8">
+        <v>587538</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="F17" s="6"/>
+      <c r="G17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H17" s="6"/>
+      <c r="I17" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J17" s="8">
+        <v>322</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" s="9">
+        <v>1719.0</v>
+      </c>
+      <c r="M17" s="9">
+        <v>1889.0</v>
+      </c>
+      <c r="N17" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="O17" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P17" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q17" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="R17" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="S17" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="T17" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U17" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="V17" s="6"/>
+      <c r="W17" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="X17" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y17" s="8">
+        <v>0.51</v>
+      </c>
+      <c r="Z17" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="G14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="G15" r:id="rId_hyperlink_11"/>
     <hyperlink ref="G16" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="G17" r:id="rId_hyperlink_13"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>