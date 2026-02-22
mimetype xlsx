--- v0 (2025-12-14)
+++ v1 (2026-02-22)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
-[...1 lines deleted...]
-    <t>14.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+  <si>
+    <t>22.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>29.01.2025</t>
   </si>
   <si>
     <t>ИНВЕСТИЦИОННЫЙ МЕНЕДЖМЕНТ В СТРОИТЕЛЬСТВЕ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. С. Павлов.</t>
+    <t>Павлов А. С.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Менеджмент</t>
   </si>
   <si>
     <t>Отраслевой менеджмент</t>
   </si>
   <si>
     <t>Данный курс рассматривает ключевые аспекты инвестиционного менеджмента в строительной отрасли. Подробно рассмотрены процессы прединвестиционной подготовки к строительству, включая оценку инвестиционной привлекательности, а также вопросы эксплуатации и реализации построенных объектов, в том числе технического обслуживания, оптимизации затрат и методов сбыта недвижимости. Курс предназначен для студентов, слушателей системы дополнительного профессионального образования в области экономики строительства, стоимостного менеджмента и инжиниринга, аспирантов и преподавателей, практических работников.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20778-1</t>
   </si>
@@ -205,53 +205,50 @@
   <si>
     <t>В курсе рассматриваются ключевые аспекты планирования, организации и управления строительными процессами. Акцентируется внимание на технологии выполнения строительных работ, методах оптимизации процессов и эффективного использования ресурсов. Изучаются современные подходы к проектной подготовке, срокам выполнения работ, а также вопросам безопасности и качества на всех этапах строительства. Курс соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональных стандартов по направлению «Строительство». Предназначен для студентов среднего профессионального образования, обучающихся по программам подготовки специалистов в области строительства.</t>
   </si>
   <si>
     <t>978-5-534-21037-8</t>
   </si>
   <si>
     <t>21.11.2024</t>
   </si>
   <si>
     <t>ОРГАНИЗАЦИЯ СТРОИТЕЛЬНОГО ПРОИЗВОДСТВА 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе рассматриваются вопросы организации и управления, необходимые руководящему персоналу строительных и проектных фирм, служб заказчика, другим заинтересованным лицам. Подробно изучается организация основных этапов жизненного цикла строительного объекта - от инвестиционного замысла до ликвидации. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования, профессиональных стандартов по направлению «Строительство» и методическим требованиям, предъявляемым к учебным изданиям. Для студентов высших учебных заведений, обучающихся по направлению «Строительство», слушателей системы дополнительного профессионального образования в области строительства, организации и управления, аспирантов и преподавателей, практических работников.</t>
   </si>
   <si>
     <t>978-5-534-20824-5</t>
   </si>
   <si>
     <t>18.11.2024</t>
   </si>
   <si>
     <t>ОСНОВЫ ОРГАНИЗАЦИИ И УПРАВЛЕНИЯ В СТРОИТЕЛЬСТВЕ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Е. А. Гусакова,  А. С. Павлов.</t>
-[...1 lines deleted...]
-  <si>
     <t>В курсе рассматриваются вопросы организации и управления, необходимые руководящему персоналу строительных и проектных фирм, служб заказчика, другим заинтересованным лицам. Подробно изучается организация основных этапов жизненного цикла строительного объекта от инвестиционного замысла до ликвидации. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования, профессиональных стандартов по направлению «Строительство» и методическим требованиям, предъявляемым к учебным изданиям. Для студентов высших учебных заведений, слушателей системы дополнительного профессионального образования в области строительства, организации и управления, аспирантов и преподавателей, практических работников.</t>
   </si>
   <si>
     <t>978-5-534-20822-1</t>
   </si>
   <si>
     <t>ОСНОВЫ ОРГАНИЗАЦИИ И УПРАВЛЕНИЯ В СТРОИТЕЛЬСТВЕ 3-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>В курсе рассматриваются вопросы организации и управления, необходимые руководящему персоналу строительных и проектных фирм, служб заказчика, другим заинтересованным лицам. Подробно изучается организация основных этапов жизненного цикла строительного объекта от инвестиционного замысла до ликвидации. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20821-4</t>
   </si>
   <si>
     <t>38я723</t>
   </si>
   <si>
     <t>ОСНОВЫ СТРОИТЕЛЬНОГО ПРОИЗВОДСТВА 3-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В курсе рассматриваются вопросы организации и управления, необходимые руководящему персоналу строительных и проектных фирм, служб заказчика, другим заинтересованным лицам. Подробно изучается организация основных этапов жизненного цикла строительного объекта — от инвестиционного замысла до ликвидации. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональных требованиям по направлению 08.00.00 «Техника и технологии строительства». Для студентов, обучающихся по программам среднего профессионального образования, слушателей системы дополнительного профессионального образования в области строительства, организации и управления, преподавателей и практических работников.</t>
@@ -311,53 +308,50 @@
     <t>978-5-534-20782-8</t>
   </si>
   <si>
     <t>ЭКОНОМИКА СТРОИТЕЛЬНОГО ПРОИЗВОДСТВА 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Данный курс рассматривает ключевые аспекты экономики строительного производства. Он охватывает вопросы планирования, организации и контроля экономических процессов, протекающих на различных этапах строительства объектов. В рамках курса изучаются методы технико-экономического обоснования строительных решений, принципы ценообразования и сметного нормирования, организация материально-технического снабжения. Особое внимание уделяется вопросам управления затратами, оценки эффективности использования трудовых, материальных и финансовых ресурсов, а также экономических аспектов организации и безопасности строительных работ. Предназначен для студентов высшего образования, заинтересованных в приобретении практических навыков экономического управления строительным производством.</t>
   </si>
   <si>
     <t>978-5-534-20783-5</t>
   </si>
   <si>
     <t>24.01.2025</t>
   </si>
   <si>
     <t>ЭКОНОМИКА СТРОИТЕЛЬСТВА 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В курсе рассматривается экономика полного жизненного цикла строительного объекта от инвестиционного замысла до ликвидации. Подробно представлены специальные вопросы экономики, необходимые инженерному и руководящему персоналу строительных и проектных фирм, служб заказчика, другим заинтересованным лицам. В третьем издании переработаны вопросы определения сметной стоимости строительства. Приводятся практические задачи, решение которых позволит лучше подготовиться к практической деятельности. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, слушателей системы дополнительного профессионального образования в области экономики строительства, стоимостного менеджмента и инжиниринга, аспирантов и преподавателей, практических работников. Может также быть использован при обучении по программам Мастера делового администрирования (MBA) в области строительства.</t>
   </si>
   <si>
     <t>978-5-534-21467-3</t>
   </si>
   <si>
     <t>ЭКОНОМИКА СТРОИТЕЛЬСТВА 3-е изд., пер. и доп. Учебник и практикум для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t>Павлов А. С.</t>
   </si>
   <si>
     <t>В курсе рассматривается экономика полного жизненного цикла строительного объекта от инвестиционного замысла до ликвидации. Подробно представлены специальные вопросы экономики, необходимые инженерному и руководящему персоналу строительных и проектных фирм, служб заказчика, другим заинтересованным лицам. Курс снабжен перечнем компетенций, которыми должен овладеть студент, слушатель; контрольными вопросами и заданиями для повторения и уяснения качества восприятия материала. Они могут быть использованы для тестирования и самотестирования. Приводятся также практические задачи, решение которых позволит лучше подготовиться к практической деятельности. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям.</t>
   </si>
   <si>
     <t>978-5-534-21451-2</t>
   </si>
   <si>
     <t>65.31я723</t>
   </si>
   <si>
     <t>ЭКСПЛУАТАЦИЯ ЗДАНИЙ И СООРУЖЕНИЙ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В курсе рассматриваются ключевые аспекты управления эксплуатацией объектов недвижимости, включая их техническое обслуживание, реконструкцию и безопасность. Особое внимание уделяется методам повышения эффективности эксплуатации и управления ресурсами, а также вопросам обеспечения устойчивого функционирования зданий и сооружений на протяжении всего их жизненного цикла. Курс охватывает современные подходы к организации эксплуатации, применяемые технологии и нормативные требования, способствующие успешному выполнению задач в области эксплуатации объектов. Курс соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования и профессиональных стандартов по направлению «Строительство». Предназначен для студентов высших учебных заведений, обучающихся по программам подготовки специалистов в области строительства, слушателей курсов дополнительного профессионального образования, а также для аспирантов, преподавателей и практических специалистов, заинтересованных в повышении квалификации.</t>
   </si>
   <si>
     <t>978-5-534-19222-3</t>
   </si>
   <si>
     <t>ЭКСПЛУАТАЦИЯ ЗДАНИЙ И СООРУЖЕНИЙ 3-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>В курсе рассматриваются вопросы организации и управления, необходимые руководящему персоналу строительных и проектных фирм, служб заказчика, другим заинтересованным лицам. Подробно изучается организация основных этапов жизненного цикла строительного объекта от инвестиционного замысла до ликвидации. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования, профессиональных стандартов по направлению «Строительство» и методическим требованиям, предъявляемым к учебным изданиям. Для студентов среднего профессионального образования, обучающихся по программам подготовки «Строительство».</t>
   </si>
@@ -744,51 +738,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/investicionnyy-menedzhment-v-stroitelstve-558749" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizacionno-tehnicheskaya-i-tehnologicheskaya-podgotovka-stroitelstva-559222" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizacionno-tehnicheskaya-podgotovka-stroyploschadki-559192" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-stroitelnogo-proizvodstva-558826" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-organizacii-i-upravleniya-v-stroitelstve-558824" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-organizacii-i-upravleniya-v-stroitelstve-558823" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-stroitelnogo-proizvodstva-558827" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektno-smetnoe-delo-558773" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektno-smetnoe-delo-558774" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-proektami-v-stroitelstve-558825" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelnogo-proektirovaniya-558775" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelnogo-proizvodstva-558776" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelstva-572253" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelstva-571455" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekspluataciya-zdaniy-i-sooruzheniy-559189" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekspluataciya-zdaniy-i-sooruzheniy-559193" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/investicionnyy-menedzhment-v-stroitelstve-589991" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizacionno-tehnicheskaya-i-tehnologicheskaya-podgotovka-stroitelstva-590106" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizacionno-tehnicheskaya-podgotovka-stroyploschadki-590107" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-stroitelnogo-proizvodstva-589814" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-organizacii-i-upravleniya-v-stroitelstve-588395" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-organizacii-i-upravleniya-v-stroitelstve-588396" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-stroitelnogo-proizvodstva-589815" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektno-smetnoe-delo-590001" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/proektno-smetnoe-delo-590002" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-proektami-v-stroitelstve-589797" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelnogo-proektirovaniya-590003" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelnogo-proizvodstva-590004" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelstva-589563" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelstva-589567" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekspluataciya-zdaniy-i-sooruzheniy-590104" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekspluataciya-zdaniy-i-sooruzheniy-590105" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -969,1151 +963,1151 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558749</v>
+        <v>589991</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>200</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1079.0</v>
+        <v>1159.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1189.0</v>
+        <v>1269.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.362</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>559222</v>
+        <v>590106</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>144</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="9">
-        <v>719.0</v>
+        <v>779.0</v>
       </c>
       <c r="M6" s="9">
-        <v>789.0</v>
+        <v>859.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.192</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>559192</v>
+        <v>590107</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>144</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="9">
-        <v>719.0</v>
+        <v>779.0</v>
       </c>
       <c r="M7" s="9">
-        <v>789.0</v>
+        <v>859.0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.192</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>558826</v>
+        <v>589814</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>215</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1149.0</v>
+        <v>1229.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1259.0</v>
+        <v>1349.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.38</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>558824</v>
+        <v>588395</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>615</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L9" s="9">
-        <v>2529.0</v>
+        <v>2709.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2779.0</v>
+        <v>2979.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.757</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>558823</v>
+        <v>588396</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>615</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L10" s="9">
-        <v>2529.0</v>
+        <v>2709.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2779.0</v>
+        <v>2979.0</v>
       </c>
       <c r="N10" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.757</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>558827</v>
+        <v>589815</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>215</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1149.0</v>
+        <v>1229.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1259.0</v>
+        <v>1349.0</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.38</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>558773</v>
+        <v>590001</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>179</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>989.0</v>
+        <v>1059.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1089.0</v>
+        <v>1159.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.337</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>558774</v>
+        <v>590002</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>179</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>989.0</v>
+        <v>1059.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1089.0</v>
+        <v>1159.0</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.337</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>558825</v>
+        <v>589797</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>266</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1369.0</v>
+        <v>1469.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1509.0</v>
+        <v>1619.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="R14" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="R14" s="6" t="s">
+      <c r="S14" s="6" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.442</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>558775</v>
+        <v>590003</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>111</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L15" s="9">
-        <v>599.0</v>
+        <v>639.0</v>
       </c>
       <c r="M15" s="9">
-        <v>659.0</v>
+        <v>699.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
         <v>0.153</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>558776</v>
+        <v>590004</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>169</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>949.0</v>
+        <v>1019.0</v>
       </c>
       <c r="M16" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y16" s="8">
         <v>0.325</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>572253</v>
+        <v>589563</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>729</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L17" s="9">
-        <v>2969.0</v>
+        <v>3179.0</v>
       </c>
       <c r="M17" s="9">
-        <v>3269.0</v>
+        <v>3499.0</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
         <v>0.894</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>571455</v>
+        <v>589567</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>99</v>
+        <v>33</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>729</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L18" s="9">
-        <v>2969.0</v>
+        <v>3179.0</v>
       </c>
       <c r="M18" s="9">
-        <v>3269.0</v>
+        <v>3499.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y18" s="8">
         <v>0.894</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>559189</v>
+        <v>590104</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>189</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="9">
-        <v>1039.0</v>
+        <v>1109.0</v>
       </c>
       <c r="M19" s="9">
-        <v>1139.0</v>
+        <v>1219.0</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y19" s="8">
         <v>0.349</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>559193</v>
+        <v>590105</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="E20" s="6" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J20" s="8">
         <v>189</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L20" s="9">
-        <v>1039.0</v>
+        <v>1109.0</v>
       </c>
       <c r="M20" s="9">
-        <v>1139.0</v>
+        <v>1219.0</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R20" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S20" s="6" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U20" s="6" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y20" s="8">
         <v>0.349</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>