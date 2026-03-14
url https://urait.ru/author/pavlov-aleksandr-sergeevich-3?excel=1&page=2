--- v0 (2025-12-14)
+++ v1 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
-[...1 lines deleted...]
-    <t>14.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>28.01.2025</t>
   </si>
   <si>
     <t>ЭКОНОМИКА СТРОИТЕЛЬНОГО ПРОЕКТИРОВАНИЯ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. С. Павлов.</t>
+    <t>Павлов А. С.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Экономические науки</t>
   </si>
   <si>
     <t>Экономика в отдельных отраслях</t>
   </si>
   <si>
     <t>Данный курс посвящен изучению экономических аспектов строительного проектирования. Он охватывает весь спектр вопросов, связанных с обоснованием экономической эффективности принимаемых проектных решений, оценкой их влияния на стоимость строительства и эксплуатационные затраты. Курс предназначен для студентов высшего образования, заинтересованных в приобретении практических навыков экономического обоснования архитектурно-строительных решений. Полученные знания позволят им эффективно участвовать в процессах проектирования, планирования и управления строительством.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20782-8</t>
   </si>
@@ -178,75 +178,72 @@
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Данный курс рассматривает ключевые аспекты экономики строительного производства. Он охватывает вопросы планирования, организации и контроля экономических процессов, протекающих на различных этапах строительства объектов. В рамках курса изучаются методы технико-экономического обоснования строительных решений, принципы ценообразования и сметного нормирования, организация материально-технического снабжения. Особое внимание уделяется вопросам управления затратами, оценки эффективности использования трудовых, материальных и финансовых ресурсов, а также экономических аспектов организации и безопасности строительных работ. Предназначен для студентов высшего образования, заинтересованных в приобретении практических навыков экономического управления строительным производством.</t>
   </si>
   <si>
     <t>978-5-534-20783-5</t>
   </si>
   <si>
     <t>24.01.2025</t>
   </si>
   <si>
     <t>ЭКОНОМИКА СТРОИТЕЛЬСТВА 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В курсе рассматривается экономика полного жизненного цикла строительного объекта от инвестиционного замысла до ликвидации. Подробно представлены специальные вопросы экономики, необходимые инженерному и руководящему персоналу строительных и проектных фирм, служб заказчика, другим заинтересованным лицам. В третьем издании переработаны вопросы определения сметной стоимости строительства. Приводятся практические задачи, решение которых позволит лучше подготовиться к практической деятельности. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, слушателей системы дополнительного профессионального образования в области экономики строительства, стоимостного менеджмента и инжиниринга, аспирантов и преподавателей, практических работников. Может также быть использован при обучении по программам Мастера делового администрирования (MBA) в области строительства.</t>
   </si>
   <si>
     <t>978-5-534-21467-3</t>
   </si>
   <si>
     <t>ЭКОНОМИКА СТРОИТЕЛЬСТВА 3-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
-    <t>Павлов А. С.</t>
-[...1 lines deleted...]
-  <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В курсе рассматривается экономика полного жизненного цикла строительного объекта от инвестиционного замысла до ликвидации. Подробно представлены специальные вопросы экономики, необходимые инженерному и руководящему персоналу строительных и проектных фирм, служб заказчика, другим заинтересованным лицам. Курс снабжен перечнем компетенций, которыми должен овладеть студент, слушатель; контрольными вопросами и заданиями для повторения и уяснения качества восприятия материала. Они могут быть использованы для тестирования и самотестирования. Приводятся также практические задачи, решение которых позволит лучше подготовиться к практической деятельности. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям.</t>
   </si>
   <si>
     <t>978-5-534-21451-2</t>
   </si>
   <si>
     <t>65.31я723</t>
   </si>
   <si>
     <t>21.11.2024</t>
   </si>
   <si>
     <t>ЭКСПЛУАТАЦИЯ ЗДАНИЙ И СООРУЖЕНИЙ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Е. А. Гусакова,  А. С. Павлов.</t>
+    <t>Гусакова Е. А., Павлов А. С.</t>
   </si>
   <si>
     <t>В курсе рассматриваются ключевые аспекты управления эксплуатацией объектов недвижимости, включая их техническое обслуживание, реконструкцию и безопасность. Особое внимание уделяется методам повышения эффективности эксплуатации и управления ресурсами, а также вопросам обеспечения устойчивого функционирования зданий и сооружений на протяжении всего их жизненного цикла. Курс охватывает современные подходы к организации эксплуатации, применяемые технологии и нормативные требования, способствующие успешному выполнению задач в области эксплуатации объектов. Курс соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования и профессиональных стандартов по направлению «Строительство». Предназначен для студентов высших учебных заведений, обучающихся по программам подготовки специалистов в области строительства, слушателей курсов дополнительного профессионального образования, а также для аспирантов, преподавателей и практических специалистов, заинтересованных в повышении квалификации.</t>
   </si>
   <si>
     <t>978-5-534-19222-3</t>
   </si>
   <si>
     <t>38я73</t>
   </si>
   <si>
     <t>ЭКСПЛУАТАЦИЯ ЗДАНИЙ И СООРУЖЕНИЙ 3-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>В курсе рассматриваются вопросы организации и управления, необходимые руководящему персоналу строительных и проектных фирм, служб заказчика, другим заинтересованным лицам. Подробно изучается организация основных этапов жизненного цикла строительного объекта от инвестиционного замысла до ликвидации. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования, профессиональных стандартов по направлению «Строительство» и методическим требованиям, предъявляемым к учебным изданиям. Для студентов среднего профессионального образования, обучающихся по программам подготовки «Строительство».</t>
   </si>
   <si>
     <t>978-5-534-21038-5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -624,51 +621,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelnogo-proektirovaniya-558775" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelnogo-proizvodstva-558776" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelstva-572253" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelstva-571455" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekspluataciya-zdaniy-i-sooruzheniy-559189" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekspluataciya-zdaniy-i-sooruzheniy-559193" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelnogo-proektirovaniya-590003" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelnogo-proizvodstva-590004" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelstva-589563" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-stroitelstva-589567" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekspluataciya-zdaniy-i-sooruzheniy-590104" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekspluataciya-zdaniy-i-sooruzheniy-590105" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -849,459 +846,459 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558775</v>
+        <v>590003</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>111</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>599.0</v>
+        <v>639.0</v>
       </c>
       <c r="M5" s="9">
-        <v>659.0</v>
+        <v>699.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.153</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>558776</v>
+        <v>590004</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>169</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="9">
-        <v>949.0</v>
+        <v>1019.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.325</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>572253</v>
+        <v>589563</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>729</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2969.0</v>
+        <v>3179.0</v>
       </c>
       <c r="M7" s="9">
-        <v>3269.0</v>
+        <v>3499.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.894</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>571455</v>
+        <v>589567</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>729</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2969.0</v>
+        <v>3179.0</v>
       </c>
       <c r="M8" s="9">
-        <v>3269.0</v>
+        <v>3499.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.894</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>559189</v>
+        <v>590104</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" s="6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>189</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L9" s="9">
-        <v>1039.0</v>
+        <v>1109.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1139.0</v>
+        <v>1219.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.349</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>559193</v>
+        <v>590105</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>189</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L10" s="9">
-        <v>1039.0</v>
+        <v>1109.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1139.0</v>
+        <v>1219.0</v>
       </c>
       <c r="N10" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.349</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>