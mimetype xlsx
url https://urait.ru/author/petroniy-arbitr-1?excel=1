--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>05.12.2025</t>
+    <t>15.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -127,51 +127,51 @@
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>22.02.2022</t>
   </si>
   <si>
     <t>САТИРИКОН</t>
   </si>
   <si>
     <t>Петроний Арбитр -. ; Пер. Ярхо Б. И.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Памятники литературы</t>
   </si>
   <si>
     <t>Языки и литература</t>
   </si>
   <si>
-    <t>Филология и литературоведение</t>
+    <t>Зарубежная художественная литература</t>
   </si>
   <si>
     <t>«Сатирикон» — роман о нравах эпохи Нерона, написанный современником и фаворитом императора. Петроний, получивший прозвище «арбитр изящества», был утонченным аристократом, эпикурейцем, человеком широко образованным, но находясь при дворе Нерона, слишком хорошо знал нравы аристократов и разбогатевших вольноотпущенников. В своем романе он, не чураясь натуралистических подробностей, показывает деградацию патрициев, общее падение нравственности, возвышение невежественных выскочек из бывших рабов, власть суеверий. Роман дошел до нас лишь частично, поэтому при подготовке русскоязычного издания понадобилась огромная работа, проделанная редакторским коллективом под руководством Б. И. Ярхо. В обширном предисловии и примечаниях к тексту, написанных Б. И. Ярхо, раскрываются нюансы и детали, не очевидные современному читателю. Печатается по изданию 1924 года. Книга будет интересна не только историкам и филологам, но и широкому кругу читателей. В оформлении обложки использована репродукция картины: Котарбинский В. А. Оргия.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-07652-3</t>
   </si>
   <si>
     <t>84(0)3</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">