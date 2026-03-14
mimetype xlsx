--- v1 (2026-01-15)
+++ v2 (2026-03-14)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>15.01.2026</t>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -798,54 +798,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2025</v>
       </c>
       <c r="J5" s="8">
         <v>210</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>729.0</v>
+        <v>779.0</v>
       </c>
       <c r="M5" s="9">
-        <v>799.0</v>
+        <v>859.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">