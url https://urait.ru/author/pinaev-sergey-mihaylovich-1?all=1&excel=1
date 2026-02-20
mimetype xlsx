--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+  <si>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -109,99 +109,78 @@
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
-    <t>13.06.2012</t>
-[...2 lines deleted...]
-    <t>ИСТОРИЯ РУССКОЙ ЛИТЕРАТУРЫ XX ВЕКА В 2 Ч. ЧАСТЬ 1 2-е изд., пер. и доп. Учебник для вузов</t>
+    <t>28.09.2016</t>
+  </si>
+  <si>
+    <t>ИСТОРИЯ РУССКОЙ ЛИТЕРАТУРЫ СЕРЕБРЯНОГО ВЕКА 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Отв. ред. Агеносов В. В.</t>
   </si>
   <si>
-    <t>Обложка</t>
+    <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Языки и литература</t>
   </si>
   <si>
     <t>История литературы</t>
   </si>
   <si>
-    <t>Авторы учли достижения современного литературоведения, новые концепции и новые факты литературной жизни. В учебнике содержится подробная и объективная характеристика литературы Серебряного века. Впервые литература русского Зарубежья вписана в контекст развития русской литературы. Подробно охарактеризован современный литературный процесс во всей его сложности и противоречивости: классический реализм, постмодернизм, новый реализм. После каждой главы приведена рекомендуемая литература и темы курсовых и дипломных работ.</t>
+    <t>Авторы этой книги поставили перед собой задачу нарисовать творческие портреты наиболее крупных писателей Серебряного века, раскрыть их философско-эстетические позиции и достаточно подробно проанализировать их лучшие произведения. Учебник содержит конкретный анализ произведений Д. Мережковского, З. Гиппиус, А. Блока, Ф. Сологуба, Н. Гумилева, А. Ахматовой, М. Цветаевой и других известных писателей рубежа XIX XX веков. Главы книги завершаются аннотированным списком литературы, позволяющим углубленно изучить творчество каждого отдельного писателя.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
-  </si>
-[...19 lines deleted...]
-    <t>Авторы этой книги поставили перед собой задачу нарисовать творческие портреты наиболее крупных писателей Серебряного века, раскрыть их философско-эстетические позиции и достаточно подробно проанализировать их лучшие произведения. Учебник содержит конкретный анализ произведений Д. Мережковского, З. Гиппиус, А. Блока, Ф. Сологуба, Н. Гумилева, А. Ахматовой, М. Цветаевой и других известных писателей рубежа XIX XX веков. Главы книги завершаются аннотированным списком литературы, позволяющим углубленно изучить творчество каждого отдельного писателя.</t>
   </si>
   <si>
     <t>978-5-534-06806-1</t>
   </si>
   <si>
     <t>83.3(2Рос=Рус)я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>13.07.2017</t>
   </si>
   <si>
     <t>ИСТОРИЯ РУССКОЙ ЛИТЕРАТУРЫ СЕРЕБРЯНОГО ВЕКА. РЕАЛИЗМ. Учебник для вузов</t>
   </si>
   <si>
     <t>Отв. ред. Михайлова М. В., Солнцева Н. М.</t>
   </si>
   <si>
     <t>В учебнике отражена история русской литературы 1890-1920-х годов, представлены творческие индивидуальности, направления, модификации художественных практик, специфика жанровых поисков, формирование литературных кружков и группировок, состояние литературной критики. Развитие литературы рассмотрено в контексте общественной, философской, религиозной мысли. В первой части показана эволюция реализма, во второй части обозначены пути становления и развития символизма, третью часть составили главы, посвященные акмеизму, футуризму, новокрестьянским поэтам, писателям, чье творчество развивалось вне течений и групп, а также методологическим исканиям в критике, эстетическим платформам литературных объединений.</t>
   </si>
   <si>
     <t>978-5-534-04781-3, 978-5-534-04782-0</t>
   </si>
@@ -603,59 +582,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-russkoy-literatury-xx-veka-v-2-ch-chast-1-590648" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-russkoy-literatury-serebryanogo-veka-561814" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-russkoy-literatury-serebryanogo-veka-realizm-562746" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-russkoy-literatury-serebryanogo-veka-simvolizm-539296" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-russkoy-literatury-serebryanogo-veka-akmeizm-futurizm-i-drugie-563227" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-russkoy-literatury-serebryanogo-veka-584462" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-russkoy-literatury-serebryanogo-veka-realizm-585230" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-russkoy-literatury-serebryanogo-veka-simvolizm-539296" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-russkoy-literatury-serebryanogo-veka-akmeizm-futurizm-i-drugie-585577" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z9"/>
+  <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -714,51 +693,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -828,410 +807,339 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>590648</v>
+        <v>584462</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>795</v>
+        <v>294</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2589.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2849.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.674</v>
+        <v>0.476</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>561814</v>
+        <v>585230</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>294</v>
+        <v>267</v>
       </c>
       <c r="K6" s="6" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1489.0</v>
+        <v>1469.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1639.0</v>
+        <v>1619.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="Y6" s="8">
-        <v>0.476</v>
+        <v>0.443</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>562746</v>
+        <v>539296</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2025</v>
       </c>
       <c r="J7" s="8">
-        <v>267</v>
+        <v>227</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1369.0</v>
+        <v>1279.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1509.0</v>
+        <v>1409.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="X7" s="6" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="Y7" s="8">
-        <v>0.443</v>
+        <v>0.395</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>539296</v>
+        <v>585577</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1199.0</v>
+        <v>1269.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1319.0</v>
+        <v>1399.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="X8" s="6" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="Y8" s="8">
-        <v>0.395</v>
+        <v>0.391</v>
       </c>
       <c r="Z8" s="6"/>
-    </row>
-[...68 lines deleted...]
-      <c r="Z9" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
-    <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>