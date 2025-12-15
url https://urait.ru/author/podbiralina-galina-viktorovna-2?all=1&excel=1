--- v0 (2025-12-07)
+++ v1 (2025-12-15)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
-    <t>07.12.2025</t>
+    <t>15.12.2025</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>