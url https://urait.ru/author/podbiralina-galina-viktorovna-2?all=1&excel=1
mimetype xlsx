--- v1 (2025-12-15)
+++ v2 (2026-02-07)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
-[...1 lines deleted...]
-    <t>15.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+  <si>
+    <t>07.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -109,138 +109,156 @@
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
+    <t>10.01.2026</t>
+  </si>
+  <si>
+    <t>Международная миграция. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Кузнецова Г. В., Подбиралина Г. В.</t>
+  </si>
+  <si>
+    <t>Переплет</t>
+  </si>
+  <si>
+    <t>Гриф УМО ВО</t>
+  </si>
+  <si>
+    <t>Высшее образование</t>
+  </si>
+  <si>
+    <t>Общественные науки</t>
+  </si>
+  <si>
+    <t>Специальные социологические дисциплины</t>
+  </si>
+  <si>
+    <t>В курсе рассматриваются вопросы международной миграции населения в свете современных демографических тенденций и геополитических событий последних лет. Отражены основные научные подходы к анализу международной миграции, анализируются факторы влияния на современные миграционные процессы. Материалы курса основаны на данных статистики, аналитических публикаций международных и отечественных институтов, работах российских и зарубежных авторов. Цифровой курс на платформе Юрайт включает интерактивные тесты и аналитические задания, нацеленные на формирование комплексного представления о современных миграционных процессах. Для студентов, аспирантов, преподавателей вузов экономического профиля, а также специалистов практиков в области внешнеэкономической деятельности.</t>
+  </si>
+  <si>
+    <t>М.:Издательство Юрайт</t>
+  </si>
+  <si>
+    <t>978-5-534-20654-8</t>
+  </si>
+  <si>
+    <t>60.7я73</t>
+  </si>
+  <si>
+    <t>70*100/16</t>
+  </si>
+  <si>
     <t>20.10.2017</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНАЯ ТОРГОВЛЯ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Под общ. ред. Хасбулатова Р. И.</t>
   </si>
   <si>
-    <t>Переплет</t>
-[...7 lines deleted...]
-  <si>
     <t>Экономические науки</t>
   </si>
   <si>
     <t>Мировая экономика и внешнеэкономическая деятельность</t>
   </si>
   <si>
     <t>В издании рассмотрен широкий круг теоретических вопросов дисциплины, показана эволюция и современное состояние международной торговли, механизмы ее регулирования, основные факторы, влияющие на динамику мирового движения товаров, услуг и интеллектуальной собственности. Учебник ликвидирует многие пробелы в изучении теории и практики международной торговли. Издание содержит практические задания, чтобы студенты не только освоили конкретные ситуации и фактический материал во всей его обширности и полноте, но и выработали навыки и способности к самостоятельному анализу, изучению и исследованию предмета.</t>
   </si>
   <si>
-    <t>М.:Издательство Юрайт</t>
-[...1 lines deleted...]
-  <si>
     <t>978-5-534-05486-6</t>
   </si>
   <si>
     <t>65.428я73</t>
   </si>
   <si>
-    <t>70*100/16</t>
-[...1 lines deleted...]
-  <si>
     <t>04.09.2024</t>
   </si>
   <si>
     <t>МЕЖДУНАРОДНАЯ ТОРГОВЛЯ ТОВАРАМИ И УСЛУГАМИ 4-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t>Кузнецова Г. В., Подбиралина Г. В.</t>
-[...1 lines deleted...]
-  <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>В курсе рассматриваются современные тенденции в сфере международной торговли товарами, услугами и результатами интеллектуальной деятельности. Анализируются новые, связанные с четвертой промышленной революцией, цифровизацией и климатической повесткой дня изменения в структуре и географии торговых связей развитых и развивающихся стран, новые риски, вызванные геополитической напряженностью, торговыми войнами, общей неопределенностью, ростом влияния цифровых транснациональных корпораций, изменения в ходе региональных интеграционных процессов. Особое внимание уделяется состоянию и возможным перспективам развития внешней торговли России, в том числе в условиях современного кризиса, а также в контексте ее членства в ВТО и участия в интеграционных проектах СНГ, ЕАЭС, АТЭС, ШОС, БРИКС. Рассмотрен комплекс средств международного и национального регулирования внешнеэкономической деятельности, в том числе регламенты ВТО. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов и преподавателей высших учебных заведений экономического профиля, а также практикующих специалистов в области внешнеэкономической деятельности.</t>
   </si>
   <si>
     <t>978-5-534-18673-4</t>
   </si>
   <si>
     <t>30.08.2019</t>
   </si>
   <si>
     <t>МИРОВАЯ ЭКОНОМИКА в 2 ч. Часть 1. 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Хасбулатова Р. И.</t>
   </si>
   <si>
     <t>В учебнике, состоящем из двух частей, рассмотрены основные вопросы современной мировой экономики. Большое внимание уделено теории и методологии мировой экономики, ее исторической эволюции и особенностям в современный период; представлен категориальный аппарат теории. Раскрыты сложные вопросы и понятия, связанные с глобальным кризисом 2008—2010 гг., дан анализ предыдущих мировых экономических кризисов, механизма движения цикла в межкризисные периоды, современных теорий мировой экономики. Исследованы такие ключевые вопросы, как международное движение капитала, прямые иностранные инвестиции и деятельность ТНК и ТНБ, в том числе в сфере формирования международного промышленного производства, в сельском хозяйстве, области услуг и передовых технологий. Центральное место отведено анализу экономик развитых стран мира, воздействия на них внешних факторов. Приведены данные по формированию новых тенденций в мировом экономическом развитии, участию России в мировых хозяйственных процессах. Показаны новейшие проявления протекционизма, инициированные США, в том числе в форме санкций. Содержание учебника соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов бакалавриата и специалитета, аспирантов, преподавателей, научных сотрудников, деловых людей, а также всех тех, кто интересуется проблемами мировой экономики и международных экономических отношений.</t>
   </si>
   <si>
     <t>978-5-534-11204-7, 978-5-534-11205-4</t>
   </si>
   <si>
     <t>65.5я73</t>
   </si>
   <si>
     <t>МИРОВАЯ ЭКОНОМИКА в 2 ч. Часть 2. 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>978-5-534-11206-1, 978-5-534-11205-4</t>
   </si>
   <si>
     <t>26.12.2017</t>
   </si>
   <si>
     <t>ЭКОНОМИЧЕСКАЯ ДИПЛОМАТИЯ В 2 Ч. ЧАСТЬ 1. Учебник и практикум для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Общественные науки</t>
   </si>
   <si>
     <t>Мировая политика и международные отношения</t>
   </si>
   <si>
     <t>Экономическая дипломатия — это новая дисциплина, формирующаяся на стыке международных политических, экономических и правовых наук и пока слабо представленная в учебных планах отечественных вузов и научной литературе. Между тем на современном этапе развития мировой экономики, в условиях глобализации мирохозяйственных связей, экономическая дипломатия наращивает свое участие в формировании нового типа международных экономических отношений, способствует решению важных политических задач государства. В учебнике обобщены и систематизированы взгляды классиков на теорию и практику дипломатии как науки, рассмотрены современные тенденции ее развития и насущные задачи, решаемые в рамках экономической дипломатии. На его страницах нашли отражение вопросы экономической дипломатии ведущих государств мира. Особое внимание уделено противоречивой и зачастую импульсивной экономической политике России. Авторы ставили перед собой задачу донести до каждого, кто раскроет эту книгу, мысль о том, что знание предмета, понимание сути применяемых инструментов, искусное владение ими при решении практических задач, в том числе и в бизнесе, сегодня все более актуальны и востребованы. Настоящий учебник призван помочь в этом научным работникам, преподавателям, студентам и аспирантам, изучающим мировую экономику, международные экономические отношения, международное право. Написанный доступным языком, снабженный примерами из истории и современной жизни, он будет интересен и широкому кругу читателей.</t>
   </si>
   <si>
     <t>978-5-534-05293-0, 978-5-534-05295-4</t>
   </si>
   <si>
     <t>ЭКОНОМИЧЕСКАЯ ДИПЛОМАТИЯ. ПРАКТИКА МЕЖДУНАРОДНЫХ ОРГАНИЗАЦИЙ И ОТДЕЛЬНЫХ СТРАН. Учебник для вузов</t>
   </si>
   <si>
     <t>В учебнике обобщены и систематизированы взгляды классиков на теорию и практику дипломатии как науки, рассмотрены современные тенденции ее развития и насущные задачи, решаемые в рамках экономической дипломатии. На его страницах нашли отражение вопросы экономической дипломатии ведущих государств мира. Особое внимание уделено противоречивой и зачастую импульсивной экономической политике России. Авторы ставили перед собой задачу донести до каждого, кто раскроет эту книгу, мысль о том, что знание предмета, понимание сути применяемых инструментов, искусное владение ими при решении практических задач, в том числе и в бизнесе, сегодня все более актуальны и востребованы. Настоящий учебник призван помочь в этом научным работникам, преподавателям, студентам и аспирантам, изучающим мировую экономику, международные экономические отношения, международное право. Написанный доступным языком, снабженный примерами из истории и современной жизни, он будет интересен и широкому кругу читателей.</t>
   </si>
   <si>
     <t>978-5-534-05294-7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -618,59 +636,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnaya-torgovlya-560372" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnaya-torgovlya-tovarami-i-uslugami-567512" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mirovaya-ekonomika-v-2-ch-chast-1-566147" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mirovaya-ekonomika-v-2-ch-chast-2-566148" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-diplomatiya-v-2-ch-chast-1-539677" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-diplomatiya-praktika-mezhdunarodnyh-organizaciy-i-otdelnyh-stran-556788" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnaya-migraciya-582418" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnaya-torgovlya-583098" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnaya-torgovlya-tovarami-i-uslugami-588367" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mirovaya-ekonomika-v-2-ch-chast-1-566147" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mirovaya-ekonomika-v-2-ch-chast-2-566148" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-diplomatiya-v-2-ch-chast-1-585826" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-diplomatiya-praktika-mezhdunarodnyh-organizaciy-i-otdelnyh-stran-586170" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z10"/>
+  <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -729,51 +747,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -843,481 +861,552 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>560372</v>
+        <v>582418</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>405</v>
+        <v>294</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1969.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2169.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.611</v>
+        <v>0.476</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>567512</v>
+        <v>583098</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>792</v>
+        <v>405</v>
       </c>
       <c r="K6" s="6" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>3209.0</v>
+        <v>2109.0</v>
       </c>
       <c r="M6" s="9">
-        <v>3529.0</v>
+        <v>2319.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="R6" s="6" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
-        <v>0.969</v>
+        <v>0.611</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>566147</v>
+        <v>588367</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
-        <v>689</v>
+        <v>792</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="L7" s="9">
-        <v>2819.0</v>
+        <v>3439.0</v>
       </c>
       <c r="M7" s="9">
-        <v>3099.0</v>
+        <v>3779.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
-        <v>0.846</v>
+        <v>0.969</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>566148</v>
+        <v>566147</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2025</v>
       </c>
       <c r="J8" s="8">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="L8" s="9">
-        <v>2819.0</v>
+        <v>3009.0</v>
       </c>
       <c r="M8" s="9">
-        <v>3099.0</v>
+        <v>3309.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
-        <v>0.848</v>
+        <v>0.846</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>539677</v>
+        <v>566148</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" s="6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J9" s="8">
-        <v>282</v>
+        <v>691</v>
       </c>
       <c r="K9" s="6" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="L9" s="9">
-        <v>1439.0</v>
+        <v>3019.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1579.0</v>
+        <v>3319.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="R9" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="S9" s="6" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
-        <v>0.462</v>
+        <v>0.848</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>556788</v>
+        <v>585826</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
-        <v>250</v>
+        <v>282</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1299.0</v>
+        <v>1539.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1429.0</v>
+        <v>1689.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
+        <v>0.462</v>
+      </c>
+      <c r="Z10" s="6"/>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" s="8">
+        <v>586170</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" s="6"/>
+      <c r="G11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H11" s="6"/>
+      <c r="I11" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J11" s="8">
+        <v>250</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" s="9">
+        <v>1389.0</v>
+      </c>
+      <c r="M11" s="9">
+        <v>1529.0</v>
+      </c>
+      <c r="N11" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O11" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P11" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q11" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R11" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="S11" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="T11" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U11" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="V11" s="6"/>
+      <c r="W11" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="X11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y11" s="8">
         <v>0.423</v>
       </c>
-      <c r="Z10" s="6"/>
+      <c r="Z11" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>