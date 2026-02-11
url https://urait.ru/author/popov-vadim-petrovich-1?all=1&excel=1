--- v0 (2025-12-25)
+++ v1 (2026-02-11)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>25.12.2025</t>
+    <t>11.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>30.07.2012</t>
   </si>
   <si>
     <t>ОСНОВЫ ТЕОРИИ ЦЕПЕЙ 7-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. П. Попов.</t>
+    <t>Попов В. П.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Технические науки</t>
   </si>
   <si>
     <t>Электротехника, электроника, телекоммуникации</t>
   </si>
   <si>
     <t>Курс содержит материал по основам теории электрических цепей, предназначенный для оказания методической помощи студентам вузов, обучающимся по направлению «Радиотехника», при их самостоятельной работе по освоению курса теории цепей. Изложены основы теории линейных электрических цепей с сосредоточенными и распределенными параметрами в установившемся и переходном режимах, а также основы анализа нелинейных резистивных цепей на постоянном токе и при гармоническом воздействии. Рассмотрены цепи с управляемыми источниками, невзаимные четырехполюсники, идеальные операционные усилители, преобразователи сопротивления и активные фильтры.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20532-9</t>
   </si>
@@ -600,51 +600,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-teorii-cepey-558329" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-teorii-cepey-sbornik-zadach-560100" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-elektricheskih-cepey-558328" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-elektricheskih-cepey-sbornik-zadach-563625" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-teorii-cepey-599067" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-teorii-cepey-sbornik-zadach-583323" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-elektricheskih-cepey-599068" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/teoriya-elektricheskih-cepey-sbornik-zadach-585861" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -825,289 +825,289 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558329</v>
+        <v>599067</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>602</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2479.0</v>
+        <v>2659.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2729.0</v>
+        <v>2919.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.741</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>560100</v>
+        <v>583323</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>285</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="9">
-        <v>1169.0</v>
+        <v>1249.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1289.0</v>
+        <v>1369.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Y6" s="8">
         <v>0.371</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>558328</v>
+        <v>599068</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>602</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2479.0</v>
+        <v>2659.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2729.0</v>
+        <v>2919.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.741</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>563625</v>
+        <v>585861</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>285</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L8" s="9">
-        <v>1169.0</v>
+        <v>1249.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1289.0</v>
+        <v>1369.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>60</v>
       </c>