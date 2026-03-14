--- v0 (2026-01-19)
+++ v1 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
-[...1 lines deleted...]
-    <t>19.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -148,93 +148,111 @@
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Государственное и муниципальное управление</t>
   </si>
   <si>
     <t>Налоговая, таможенная, бюджетная системы. Государственные закупки</t>
   </si>
   <si>
     <t>В курсе рассмотрены теоретические аспекты организации таможенного контроля товаров и транспортных средств, порядок применения форм и мер таможенного контроля на основе системы управления рисками. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по юридическим и экономическим направлениям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20953-2</t>
   </si>
   <si>
     <t>67.401.21я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
+    <t>29.01.2026</t>
+  </si>
+  <si>
+    <t>ТАМОЖЕННОЕ ДЕЛО: ТОВАРОВЕДЕНИЕ И ЭКСПЕРТИЗА В ТАМОЖЕННОМ ДЕЛЕ 5-е изд., испр. и доп. Учебное пособие для СПО</t>
+  </si>
+  <si>
+    <t>Гриф УМО СПО</t>
+  </si>
+  <si>
+    <t>Профессиональное образование</t>
+  </si>
+  <si>
+    <t>Юридические науки</t>
+  </si>
+  <si>
+    <t>Криминалистика и судебные экспертизы</t>
+  </si>
+  <si>
+    <t>Курс раскрывает сущность и содержание товароведения, стандартизации, метрологии и сертификации как основы процедуры подтверждения соответствия качества товаров установленным требованиям, направлено на формирование у студентов знаний и навыков по организации и проведению таможенной экспертизы.</t>
+  </si>
+  <si>
+    <t>978-5-534-21791-9</t>
+  </si>
+  <si>
+    <t>65.428я73</t>
+  </si>
+  <si>
     <t>26.06.2025</t>
   </si>
   <si>
     <t>ТАМОЖЕННЫЕ ПРОЦЕДУРЫ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе «Таможенные процедуры» рассматривается порядок применения таможенных процедур при перемещении товаров через таможенную границу. Дается характеристика таможенных процедур, раскрыта их сущность, показаны требования к товару, специфические документы и сведения, случаи возникновения и завершения обязанности по уплате таможенных пошлин и налогов. Уделено внимание организации деятельности лиц, осуществляющих посреднические функции при применении таможенных процедур, а также изложены основы административной ответственности за несоблюдение условий помещения товаров под таможенные процедуры. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по экономическим, социально-экономическим, юридическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-21004-0</t>
   </si>
   <si>
-    <t>65.428я73</t>
-[...1 lines deleted...]
-  <si>
     <t>08.04.2019</t>
   </si>
   <si>
     <t>ТЕХНОЛОГИИ ТАМОЖЕННОГО КОНТРОЛЯ 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Юридические науки</t>
-[...1 lines deleted...]
-  <si>
     <t>Международное право и международное частное право</t>
   </si>
   <si>
     <t>В пособии подробно рассмотрены практические аспекты применения технологий таможенного контроля товаров и транспортных средств международной перевозки при их перемещении через таможенную границу, порядок осуществления отдельных таможенных операций, показана последовательность действий должностных лиц таможенных органов при проведении форм таможенного контроля, в том числе на различных видах транспорта. Материал пособия направлен на формирование практических профессиональных навыков, необходимых при проведении таможенных операций и осуществлении форм таможенного контроля.</t>
   </si>
   <si>
     <t>978-5-534-17976-7</t>
   </si>
   <si>
     <t>22.12.2025</t>
   </si>
   <si>
-    <t>ТОВАРОВЕДЕНИЕ И ЭКСПЕРТИЗА В ТАМОЖЕННОМ ДЕЛЕ 5-е изд., испр. и доп. Учебное пособие для вузов</t>
-[...5 lines deleted...]
-    <t>Курс формирует устойчивые представления о сущности и содержании товароведения, сертификации, стандартиза-ции, метрологии, как основы подтверждения соответствия перемещаемых товаров установленным требованиям.</t>
+    <t>ТОВАРОВЕДЕНИЕ И ЭКСПЕРТИЗА В ТАМОЖЕННОМ ДЕЛЕ 5-е изд., испр. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Курс формирует устойчивые представления о сущности и содержании товароведения, сертификации, стандартизации, метрологии, как основы подтверждения соответствия перемещаемых товаров установленным требованиям.</t>
   </si>
   <si>
     <t>978-5-534-21790-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -597,59 +615,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-tamozhennogo-kontrolya-tovarov-i-transportnyh-sredstv-581610" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tamozhennye-procedury-581614" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologii-tamozhennogo-kontrolya-561660" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tovarovedenie-i-ekspertiza-v-tamozhennom-dele-582076" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-tamozhennogo-kontrolya-tovarov-i-transportnyh-sredstv-581610" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tamozhennoe-delo-tovarovedenie-i-ekspertiza-v-tamozhennom-dele-582077" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tamozhennye-procedury-585428" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tehnologii-tamozhennogo-kontrolya-561660" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/tovarovedenie-i-ekspertiza-v-tamozhennom-dele-582076" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z8"/>
+  <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -708,51 +726,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -843,318 +861,389 @@
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
         <v>581610</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1069.0</v>
+        <v>1149.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1179.0</v>
+        <v>1259.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.357</v>
+        <v>0.358</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>581614</v>
+        <v>582077</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>949.0</v>
+        <v>969.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1039.0</v>
+        <v>1069.0</v>
       </c>
       <c r="N6" s="6" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="R6" s="6" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
-        <v>0.323</v>
+        <v>0.311</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>561660</v>
+        <v>585428</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
-        <v>247</v>
+        <v>168</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1289.0</v>
+        <v>1009.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1419.0</v>
+        <v>1109.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
-        <v>0.419</v>
+        <v>0.323</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>582076</v>
+        <v>561660</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="J8" s="8">
-        <v>158</v>
+        <v>247</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>899.0</v>
+        <v>1379.0</v>
       </c>
       <c r="M8" s="9">
-        <v>989.0</v>
+        <v>1519.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
+        <v>0.419</v>
+      </c>
+      <c r="Z8" s="6"/>
+    </row>
+    <row r="9" spans="1:26">
+      <c r="A9" s="8">
+        <v>582076</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" s="6"/>
+      <c r="G9" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H9" s="6"/>
+      <c r="I9" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J9" s="8">
+        <v>158</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" s="9">
+        <v>969.0</v>
+      </c>
+      <c r="M9" s="9">
+        <v>1069.0</v>
+      </c>
+      <c r="N9" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P9" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q9" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="R9" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="S9" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="T9" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U9" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="V9" s="6"/>
+      <c r="W9" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="X9" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y9" s="8">
         <v>0.311</v>
       </c>
-      <c r="Z8" s="6"/>
+      <c r="Z9" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>